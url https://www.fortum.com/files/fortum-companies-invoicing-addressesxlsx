--- v0 (2025-11-26)
+++ v1 (2025-12-16)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum-my.sharepoint.com/personal/kirsi_merila_fortum_com/Documents/Työjutut/2025/Internet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum.sharepoint.com/sites/fpscustomerportal/SourcetoPay  originals and working files/Invoicing addresses/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{F2E4E86F-93ED-46FB-AFA6-9EEBA8669209}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5FE941E7-B522-4F90-8DD8-7D002C181ED3}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="8_{61C967F5-700D-4230-B164-5108FEF41C45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CD2129E-1D28-4A79-B073-D9AC6EB26840}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ALL companies" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$131</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2078" uniqueCount="799">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2094" uniqueCount="804">
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company no.</t>
   </si>
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>VAT number</t>
   </si>
   <si>
     <t>e-Invoice operator 
 Basware</t>
   </si>
   <si>
     <t>e-Invoice address</t>
   </si>
   <si>
     <t>eMail address for PDF-invoice</t>
   </si>
   <si>
     <t>Post address</t>
   </si>
@@ -2253,53 +2253,50 @@
   <si>
     <t>003725594554320</t>
   </si>
   <si>
     <t>003725398764321</t>
   </si>
   <si>
     <t>003734235705322</t>
   </si>
   <si>
     <t>003726772359323</t>
   </si>
   <si>
     <t>003725520061324</t>
   </si>
   <si>
     <t>003734625367325</t>
   </si>
   <si>
     <t>003733227084326</t>
   </si>
   <si>
     <t>PL 9979</t>
   </si>
   <si>
-    <t>NEW</t>
-[...1 lines deleted...]
-  <si>
     <t>Askekroken 11</t>
   </si>
   <si>
     <r>
       <t>0277 Oslo</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">    </t>
     </r>
   </si>
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>India Sun B.V.</t>
   </si>
   <si>
     <t>NL8510 15 025 B01</t>
   </si>
@@ -2486,51 +2483,69 @@
   <si>
     <t>C/O Accura Advokatparnterselskab, Alexandriagade 8</t>
   </si>
   <si>
     <t>2150 Nordhavn</t>
   </si>
   <si>
     <t>Rue de la Science 14 A</t>
   </si>
   <si>
     <t>1040 Brussels</t>
   </si>
   <si>
     <t>0007:5560068230</t>
   </si>
   <si>
     <t>42 rue Cambronne, Immeuble PONG</t>
   </si>
   <si>
     <t>75015 Paris</t>
   </si>
   <si>
     <t>0007:5565490678</t>
   </si>
   <si>
-    <t>Updated 26.9.2025</t>
+    <t>Updated 6.11.2025</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Fortum Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>Fortum.FI9778@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0037327087089778</t>
+  </si>
+  <si>
+    <t>0216:0037327087089778</t>
+  </si>
+  <si>
+    <t>3270870-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2636,84 +2651,110 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
@@ -2747,53 +2788,50 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="5" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -3067,6989 +3105,7182 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IE9114@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9530@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IE9114@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9530@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:R131"/>
+  <dimension ref="A1:R132"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A99" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G103" sqref="G103"/>
+      <pane ySplit="2" topLeftCell="A111" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F1" sqref="A1:R132"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="18" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="18" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.7109375" style="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="16384" width="18" style="2"/>
+    <col min="1" max="1" width="11.6640625" style="10" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="16.109375" style="10" customWidth="1"/>
+    <col min="4" max="4" width="10.88671875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="14" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="39.6640625" customWidth="1"/>
+    <col min="7" max="7" width="11.109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="12.109375" style="9" customWidth="1"/>
+    <col min="9" max="9" width="19.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="13.88671875" customWidth="1"/>
+    <col min="11" max="11" width="19.33203125" customWidth="1"/>
+    <col min="12" max="12" width="31.33203125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="26.88671875" style="6" customWidth="1"/>
+    <col min="14" max="14" width="41.5546875" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="17.33203125" customWidth="1"/>
+    <col min="16" max="16" width="27.109375" customWidth="1"/>
+    <col min="17" max="17" width="13.33203125" style="1" customWidth="1"/>
+    <col min="18" max="18" width="33" style="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="K1" s="6" t="s">
+    <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="12"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="16"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="17" t="s">
+        <v>797</v>
+      </c>
+      <c r="L1" s="19"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="17"/>
+      <c r="R1" s="12"/>
+    </row>
+    <row r="2" spans="1:18" s="2" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="21" t="s">
+        <v>683</v>
+      </c>
+      <c r="B2" s="21" t="s">
+        <v>682</v>
+      </c>
+      <c r="C2" s="21" t="s">
+        <v>667</v>
+      </c>
+      <c r="D2" s="21" t="s">
+        <v>668</v>
+      </c>
+      <c r="E2" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="F2" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="G2" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="H2" s="23" t="s">
+        <v>2</v>
+      </c>
+      <c r="I2" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="J2" s="22" t="s">
+        <v>4</v>
+      </c>
+      <c r="K2" s="22" t="s">
+        <v>5</v>
+      </c>
+      <c r="L2" s="21" t="s">
+        <v>6</v>
+      </c>
+      <c r="M2" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="N2" s="21" t="s">
+        <v>657</v>
+      </c>
+      <c r="O2" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="P2" s="22" t="s">
+        <v>658</v>
+      </c>
+      <c r="Q2" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="R2" s="24" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B3" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C3" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D3" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E3" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="27" t="s">
+        <v>788</v>
+      </c>
+      <c r="G3" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="I3" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K3" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="L3" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="M3" s="26" t="s">
+        <v>791</v>
+      </c>
+      <c r="N3" s="26" t="s">
+        <v>792</v>
+      </c>
+      <c r="O3" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="P3" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q3" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R3" s="31"/>
+    </row>
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B4" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C4" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D4" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E4" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="26">
+        <v>9849</v>
+      </c>
+      <c r="H4" s="28">
+        <v>38998099</v>
+      </c>
+      <c r="I4" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K4" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="L4" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="M4" s="26" t="s">
+        <v>789</v>
+      </c>
+      <c r="N4" s="26" t="s">
+        <v>790</v>
+      </c>
+      <c r="O4" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q4" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R4" s="31"/>
+    </row>
+    <row r="5" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B5" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D5" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E5" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="26">
+        <v>9530</v>
+      </c>
+      <c r="H5" s="28">
+        <v>11332573</v>
+      </c>
+      <c r="I5" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K5" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="L5" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="N5" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="O5" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="P5" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q5" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R5" s="31"/>
+    </row>
+    <row r="6" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B6" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E6" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" s="26">
+        <v>102</v>
+      </c>
+      <c r="H6" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="I6" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="J6" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K6" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="M6" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="25" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q6" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R6" s="31"/>
+    </row>
+    <row r="7" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B7" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C7" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D7" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="26">
+        <v>347</v>
+      </c>
+      <c r="H7" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="I7" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K7" s="30" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7" s="33" t="s">
+        <v>43</v>
+      </c>
+      <c r="M7" s="26" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P7" s="27" t="s">
+        <v>732</v>
+      </c>
+      <c r="Q7" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R7" s="31"/>
+    </row>
+    <row r="8" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B8" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E8" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" s="26">
+        <v>360</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="I8" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="J8" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="M8" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N8" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O8" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P8" s="25" t="s">
+        <v>733</v>
+      </c>
+      <c r="Q8" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R8" s="31"/>
+    </row>
+    <row r="9" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B9" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C9" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D9" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" s="26">
+        <v>361</v>
+      </c>
+      <c r="H9" s="34" t="s">
+        <v>52</v>
+      </c>
+      <c r="I9" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="J9" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="30" t="s">
+        <v>54</v>
+      </c>
+      <c r="L9" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="M9" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N9" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O9" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P9" s="25" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q9" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R9" s="31"/>
+    </row>
+    <row r="10" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D10" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" s="26">
+        <v>362</v>
+      </c>
+      <c r="H10" s="34" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="J10" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="30" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="M10" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N10" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O10" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P10" s="25" t="s">
+        <v>735</v>
+      </c>
+      <c r="Q10" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R10" s="31"/>
+    </row>
+    <row r="11" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D11" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E11" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" s="35" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" s="36">
+        <v>367</v>
+      </c>
+      <c r="H11" s="37" t="s">
+        <v>62</v>
+      </c>
+      <c r="I11" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="J11" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K11" s="38" t="s">
+        <v>64</v>
+      </c>
+      <c r="L11" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="M11" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N11" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O11" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P11" s="35" t="s">
+        <v>736</v>
+      </c>
+      <c r="Q11" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R11" s="39"/>
+    </row>
+    <row r="12" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B12" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D12" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E12" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" s="35" t="s">
+        <v>66</v>
+      </c>
+      <c r="G12" s="36">
+        <v>368</v>
+      </c>
+      <c r="H12" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="I12" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="J12" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" s="38" t="s">
+        <v>69</v>
+      </c>
+      <c r="L12" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="M12" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N12" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O12" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P12" s="35" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q12" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R12" s="31"/>
+    </row>
+    <row r="13" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B13" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C13" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D13" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E13" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" s="35" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" s="36">
+        <v>369</v>
+      </c>
+      <c r="H13" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="I13" s="26" t="s">
+        <v>73</v>
+      </c>
+      <c r="J13" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K13" s="38" t="s">
+        <v>74</v>
+      </c>
+      <c r="L13" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="M13" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O13" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P13" s="35" t="s">
+        <v>738</v>
+      </c>
+      <c r="Q13" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R13" s="31"/>
+    </row>
+    <row r="14" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B14" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C14" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D14" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="G14" s="26">
+        <v>381</v>
+      </c>
+      <c r="H14" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="I14" s="26" t="s">
+        <v>78</v>
+      </c>
+      <c r="J14" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K14" s="32" t="s">
+        <v>79</v>
+      </c>
+      <c r="L14" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="M14" s="26" t="s">
+        <v>81</v>
+      </c>
+      <c r="N14" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P14" s="25" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q14" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R14" s="31"/>
+    </row>
+    <row r="15" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B15" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C15" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D15" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" s="26">
+        <v>389</v>
+      </c>
+      <c r="H15" s="28" t="s">
+        <v>83</v>
+      </c>
+      <c r="I15" s="26" t="s">
+        <v>84</v>
+      </c>
+      <c r="J15" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K15" s="30" t="s">
+        <v>85</v>
+      </c>
+      <c r="L15" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="M15" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N15" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O15" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P15" s="25" t="s">
+        <v>740</v>
+      </c>
+      <c r="Q15" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R15" s="31"/>
+    </row>
+    <row r="16" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B16" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C16" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D16" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" s="25" t="s">
+        <v>677</v>
+      </c>
+      <c r="G16" s="26">
+        <v>391</v>
+      </c>
+      <c r="H16" s="28" t="s">
+        <v>87</v>
+      </c>
+      <c r="I16" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="J16" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K16" s="30" t="s">
+        <v>89</v>
+      </c>
+      <c r="L16" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="M16" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P16" s="25" t="s">
+        <v>741</v>
+      </c>
+      <c r="Q16" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R16" s="31"/>
+    </row>
+    <row r="17" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B17" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C17" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D17" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" s="26">
+        <v>971</v>
+      </c>
+      <c r="H17" s="28" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="J17" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K17" s="29" t="s">
+        <v>95</v>
+      </c>
+      <c r="L17" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="M17" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N17" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O17" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P17" s="27" t="s">
+        <v>742</v>
+      </c>
+      <c r="Q17" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R17" s="31"/>
+    </row>
+    <row r="18" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B18" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C18" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D18" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="G18" s="26">
+        <v>972</v>
+      </c>
+      <c r="H18" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="I18" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="J18" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K18" s="29" t="s">
+        <v>100</v>
+      </c>
+      <c r="L18" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="M18" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N18" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O18" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P18" s="27" t="s">
+        <v>743</v>
+      </c>
+      <c r="Q18" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R18" s="31"/>
+    </row>
+    <row r="19" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B19" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C19" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" s="26">
+        <v>976</v>
+      </c>
+      <c r="H19" s="28" t="s">
+        <v>103</v>
+      </c>
+      <c r="I19" s="26" t="s">
+        <v>104</v>
+      </c>
+      <c r="J19" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="29" t="s">
+        <v>105</v>
+      </c>
+      <c r="L19" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="M19" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N19" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O19" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P19" s="25" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q19" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R19" s="31"/>
+    </row>
+    <row r="20" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C20" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D20" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" s="27" t="s">
+        <v>107</v>
+      </c>
+      <c r="G20" s="26">
+        <v>978</v>
+      </c>
+      <c r="H20" s="28" t="s">
+        <v>108</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>109</v>
+      </c>
+      <c r="J20" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="L20" s="25" t="s">
+        <v>111</v>
+      </c>
+      <c r="M20" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N20" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O20" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P20" s="27" t="s">
+        <v>745</v>
+      </c>
+      <c r="Q20" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R20" s="31"/>
+    </row>
+    <row r="21" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B21" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" s="35" t="s">
+        <v>675</v>
+      </c>
+      <c r="G21" s="36">
+        <v>979</v>
+      </c>
+      <c r="H21" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="I21" s="40" t="s">
+        <v>113</v>
+      </c>
+      <c r="J21" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K21" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="L21" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="M21" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N21" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O21" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P21" s="27" t="s">
+        <v>746</v>
+      </c>
+      <c r="Q21" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R21" s="31"/>
+    </row>
+    <row r="22" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B22" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C22" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D22" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F22" s="35" t="s">
+        <v>116</v>
+      </c>
+      <c r="G22" s="36">
+        <v>981</v>
+      </c>
+      <c r="H22" s="37" t="s">
+        <v>117</v>
+      </c>
+      <c r="I22" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="J22" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K22" s="38" t="s">
+        <v>119</v>
+      </c>
+      <c r="L22" s="33" t="s">
+        <v>120</v>
+      </c>
+      <c r="M22" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N22" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O22" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P22" s="27" t="s">
+        <v>747</v>
+      </c>
+      <c r="Q22" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R22" s="31"/>
+    </row>
+    <row r="23" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="25" t="s">
+        <v>688</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C23" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D23" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23" s="35" t="s">
+        <v>121</v>
+      </c>
+      <c r="G23" s="36">
+        <v>982</v>
+      </c>
+      <c r="H23" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="I23" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="J23" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K23" s="38" t="s">
+        <v>124</v>
+      </c>
+      <c r="L23" s="41" t="s">
+        <v>125</v>
+      </c>
+      <c r="M23" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N23" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O23" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P23" s="25" t="s">
+        <v>748</v>
+      </c>
+      <c r="Q23" s="25" t="s">
+        <v>321</v>
+      </c>
+      <c r="R23" s="25"/>
+    </row>
+    <row r="24" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B24" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C24" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D24" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E24" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F24" s="35" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="36">
+        <v>983</v>
+      </c>
+      <c r="H24" s="37" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="J24" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K24" s="38" t="s">
+        <v>129</v>
+      </c>
+      <c r="L24" s="33" t="s">
+        <v>130</v>
+      </c>
+      <c r="M24" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N24" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O24" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P24" s="25" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q24" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R24" s="31"/>
+    </row>
+    <row r="25" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C25" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D25" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E25" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F25" s="35" t="s">
+        <v>131</v>
+      </c>
+      <c r="G25" s="36">
+        <v>984</v>
+      </c>
+      <c r="H25" s="37" t="s">
+        <v>132</v>
+      </c>
+      <c r="I25" s="26" t="s">
+        <v>133</v>
+      </c>
+      <c r="J25" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K25" s="38" t="s">
+        <v>134</v>
+      </c>
+      <c r="L25" s="33" t="s">
+        <v>135</v>
+      </c>
+      <c r="M25" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="N25" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O25" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P25" s="25" t="s">
+        <v>750</v>
+      </c>
+      <c r="Q25" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R25" s="31"/>
+    </row>
+    <row r="26" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B26" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D26" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E26" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="G26" s="36">
+        <v>985</v>
+      </c>
+      <c r="H26" s="37" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" s="26" t="s">
+        <v>138</v>
+      </c>
+      <c r="J26" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="38" t="s">
+        <v>139</v>
+      </c>
+      <c r="L26" s="33" t="s">
+        <v>140</v>
+      </c>
+      <c r="M26" s="36" t="s">
+        <v>141</v>
+      </c>
+      <c r="N26" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O26" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P26" s="35" t="s">
+        <v>751</v>
+      </c>
+      <c r="Q26" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R26" s="42"/>
+    </row>
+    <row r="27" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B27" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C27" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D27" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E27" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" s="35" t="s">
+        <v>142</v>
+      </c>
+      <c r="G27" s="36">
+        <v>986</v>
+      </c>
+      <c r="H27" s="37" t="s">
+        <v>143</v>
+      </c>
+      <c r="I27" s="26" t="s">
+        <v>144</v>
+      </c>
+      <c r="J27" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="38" t="s">
+        <v>145</v>
+      </c>
+      <c r="L27" s="33" t="s">
+        <v>146</v>
+      </c>
+      <c r="M27" s="36" t="s">
+        <v>147</v>
+      </c>
+      <c r="N27" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O27" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P27" s="35" t="s">
+        <v>752</v>
+      </c>
+      <c r="Q27" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R27" s="31"/>
+    </row>
+    <row r="28" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C28" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D28" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E28" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28" s="35" t="s">
+        <v>148</v>
+      </c>
+      <c r="G28" s="36">
+        <v>987</v>
+      </c>
+      <c r="H28" s="37" t="s">
+        <v>149</v>
+      </c>
+      <c r="I28" s="26" t="s">
+        <v>150</v>
+      </c>
+      <c r="J28" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K28" s="38" t="s">
+        <v>151</v>
+      </c>
+      <c r="L28" s="33" t="s">
+        <v>152</v>
+      </c>
+      <c r="M28" s="36" t="s">
+        <v>153</v>
+      </c>
+      <c r="N28" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O28" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P28" s="35" t="s">
+        <v>753</v>
+      </c>
+      <c r="Q28" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R28" s="31"/>
+    </row>
+    <row r="29" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B29" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C29" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D29" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E29" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" s="35" t="s">
+        <v>676</v>
+      </c>
+      <c r="G29" s="36">
+        <v>988</v>
+      </c>
+      <c r="H29" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="I29" s="26" t="s">
+        <v>155</v>
+      </c>
+      <c r="J29" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K29" s="38" t="s">
+        <v>156</v>
+      </c>
+      <c r="L29" s="33" t="s">
+        <v>157</v>
+      </c>
+      <c r="M29" s="36" t="s">
+        <v>158</v>
+      </c>
+      <c r="N29" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P29" s="27" t="s">
+        <v>754</v>
+      </c>
+      <c r="Q29" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R29" s="31"/>
+    </row>
+    <row r="30" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C30" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D30" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E30" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="G30" s="36">
+        <v>990</v>
+      </c>
+      <c r="H30" s="37" t="s">
+        <v>160</v>
+      </c>
+      <c r="I30" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="J30" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K30" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="L30" s="33" t="s">
+        <v>163</v>
+      </c>
+      <c r="M30" s="36" t="s">
+        <v>164</v>
+      </c>
+      <c r="N30" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O30" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P30" s="38" t="s">
+        <v>786</v>
+      </c>
+      <c r="Q30" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R30" s="31"/>
+    </row>
+    <row r="31" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B31" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C31" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D31" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E31" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" s="35" t="s">
+        <v>165</v>
+      </c>
+      <c r="G31" s="36">
+        <v>991</v>
+      </c>
+      <c r="H31" s="37" t="s">
+        <v>166</v>
+      </c>
+      <c r="I31" s="26" t="s">
+        <v>167</v>
+      </c>
+      <c r="J31" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="38" t="s">
+        <v>168</v>
+      </c>
+      <c r="L31" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="M31" s="36" t="s">
+        <v>170</v>
+      </c>
+      <c r="N31" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P31" s="38" t="s">
+        <v>787</v>
+      </c>
+      <c r="Q31" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R31" s="31"/>
+    </row>
+    <row r="32" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C32" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D32" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E32" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" s="27" t="s">
+        <v>279</v>
+      </c>
+      <c r="G32" s="26">
+        <v>992</v>
+      </c>
+      <c r="H32" s="28" t="s">
+        <v>280</v>
+      </c>
+      <c r="I32" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="J32" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="29" t="s">
+        <v>282</v>
+      </c>
+      <c r="L32" s="25" t="s">
+        <v>283</v>
+      </c>
+      <c r="M32" s="26" t="s">
+        <v>284</v>
+      </c>
+      <c r="N32" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O32" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P32" s="25" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q32" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R32" s="31"/>
+    </row>
+    <row r="33" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D33" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E33" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" s="27" t="s">
+        <v>285</v>
+      </c>
+      <c r="G33" s="26">
+        <v>993</v>
+      </c>
+      <c r="H33" s="28" t="s">
+        <v>286</v>
+      </c>
+      <c r="I33" s="26" t="s">
+        <v>287</v>
+      </c>
+      <c r="J33" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="30" t="s">
+        <v>288</v>
+      </c>
+      <c r="L33" s="25" t="s">
+        <v>289</v>
+      </c>
+      <c r="M33" s="26" t="s">
+        <v>290</v>
+      </c>
+      <c r="N33" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O33" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P33" s="27" t="s">
+        <v>756</v>
+      </c>
+      <c r="Q33" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R33" s="31"/>
+    </row>
+    <row r="34" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C34" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D34" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E34" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34" s="27" t="s">
+        <v>171</v>
+      </c>
+      <c r="G34" s="26">
+        <v>9487</v>
+      </c>
+      <c r="H34" s="28" t="s">
+        <v>172</v>
+      </c>
+      <c r="I34" s="26" t="s">
+        <v>173</v>
+      </c>
+      <c r="J34" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="29" t="s">
+        <v>174</v>
+      </c>
+      <c r="L34" s="25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M34" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N34" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="O34" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P34" s="25" t="s">
+        <v>757</v>
+      </c>
+      <c r="Q34" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R34" s="31"/>
+    </row>
+    <row r="35" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B35" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C35" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D35" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E35" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35" s="25" t="s">
+        <v>176</v>
+      </c>
+      <c r="G35" s="26">
+        <v>9535</v>
+      </c>
+      <c r="H35" s="28" t="s">
+        <v>177</v>
+      </c>
+      <c r="I35" s="26" t="s">
+        <v>178</v>
+      </c>
+      <c r="J35" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="29" t="s">
+        <v>179</v>
+      </c>
+      <c r="L35" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="M35" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N35" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O35" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P35" s="25" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q35" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R35" s="31"/>
+    </row>
+    <row r="36" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B36" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C36" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D36" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E36" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F36" s="25" t="s">
+        <v>182</v>
+      </c>
+      <c r="G36" s="26">
+        <v>9559</v>
+      </c>
+      <c r="H36" s="28" t="s">
+        <v>183</v>
+      </c>
+      <c r="I36" s="26" t="s">
+        <v>184</v>
+      </c>
+      <c r="J36" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="L36" s="25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M36" s="26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N36" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O36" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P36" s="25" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q36" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R36" s="31"/>
+    </row>
+    <row r="37" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C37" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E37" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" s="27" t="s">
+        <v>188</v>
+      </c>
+      <c r="G37" s="26">
+        <v>9774</v>
+      </c>
+      <c r="H37" s="28" t="s">
+        <v>189</v>
+      </c>
+      <c r="I37" s="26" t="s">
+        <v>190</v>
+      </c>
+      <c r="J37" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>191</v>
+      </c>
+      <c r="L37" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="M37" s="26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O37" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P37" s="27" t="s">
+        <v>760</v>
+      </c>
+      <c r="Q37" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R37" s="31"/>
+    </row>
+    <row r="38" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B38" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C38" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D38" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E38" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" s="35" t="s">
+        <v>194</v>
+      </c>
+      <c r="G38" s="36">
+        <v>9776</v>
+      </c>
+      <c r="H38" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J38" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="38" t="s">
+        <v>197</v>
+      </c>
+      <c r="L38" s="25" t="s">
+        <v>198</v>
+      </c>
+      <c r="M38" s="36" t="s">
+        <v>199</v>
+      </c>
+      <c r="N38" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O38" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P38" s="27" t="s">
+        <v>761</v>
+      </c>
+      <c r="Q38" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R38" s="31"/>
+    </row>
+    <row r="39" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C39" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D39" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E39" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F39" s="25" t="s">
+        <v>200</v>
+      </c>
+      <c r="G39" s="26">
+        <v>9839</v>
+      </c>
+      <c r="H39" s="28" t="s">
+        <v>201</v>
+      </c>
+      <c r="I39" s="26" t="s">
+        <v>686</v>
+      </c>
+      <c r="J39" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K39" s="32" t="s">
+        <v>202</v>
+      </c>
+      <c r="L39" s="25" t="s">
+        <v>203</v>
+      </c>
+      <c r="M39" s="26" t="s">
+        <v>204</v>
+      </c>
+      <c r="N39" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O39" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P39" s="25" t="s">
+        <v>762</v>
+      </c>
+      <c r="Q39" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R39" s="31"/>
+    </row>
+    <row r="40" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B40" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C40" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D40" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E40" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F40" s="27" t="s">
+        <v>205</v>
+      </c>
+      <c r="G40" s="26" t="s">
+        <v>206</v>
+      </c>
+      <c r="H40" s="28" t="s">
+        <v>207</v>
+      </c>
+      <c r="I40" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J40" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="29" t="s">
+        <v>209</v>
+      </c>
+      <c r="L40" s="25" t="s">
+        <v>210</v>
+      </c>
+      <c r="M40" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="N40" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O40" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P40" s="27" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q40" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R40" s="31"/>
+    </row>
+    <row r="41" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C41" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D41" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E41" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" s="27" t="s">
+        <v>212</v>
+      </c>
+      <c r="G41" s="26" t="s">
+        <v>213</v>
+      </c>
+      <c r="H41" s="28" t="s">
+        <v>207</v>
+      </c>
+      <c r="I41" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J41" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K41" s="30" t="s">
+        <v>214</v>
+      </c>
+      <c r="L41" s="33" t="s">
+        <v>215</v>
+      </c>
+      <c r="M41" s="26" t="s">
+        <v>216</v>
+      </c>
+      <c r="N41" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O41" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P41" s="27" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q41" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R41" s="31"/>
+    </row>
+    <row r="42" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C42" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D42" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E42" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F42" s="25" t="s">
+        <v>217</v>
+      </c>
+      <c r="G42" s="26" t="s">
+        <v>218</v>
+      </c>
+      <c r="H42" s="34" t="s">
+        <v>207</v>
+      </c>
+      <c r="I42" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J42" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K42" s="30" t="s">
+        <v>219</v>
+      </c>
+      <c r="L42" s="25" t="s">
+        <v>220</v>
+      </c>
+      <c r="M42" s="26" t="s">
+        <v>221</v>
+      </c>
+      <c r="N42" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O42" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P42" s="25" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q42" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R42" s="31"/>
+    </row>
+    <row r="43" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B43" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C43" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D43" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E43" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F43" s="25" t="s">
+        <v>222</v>
+      </c>
+      <c r="G43" s="26" t="s">
+        <v>223</v>
+      </c>
+      <c r="H43" s="34" t="s">
+        <v>207</v>
+      </c>
+      <c r="I43" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J43" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K43" s="30" t="s">
+        <v>224</v>
+      </c>
+      <c r="L43" s="25" t="s">
+        <v>225</v>
+      </c>
+      <c r="M43" s="26" t="s">
+        <v>226</v>
+      </c>
+      <c r="N43" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O43" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P43" s="25" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q43" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R43" s="31"/>
+    </row>
+    <row r="44" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C44" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D44" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E44" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F44" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="G44" s="26" t="s">
+        <v>228</v>
+      </c>
+      <c r="H44" s="34" t="s">
+        <v>207</v>
+      </c>
+      <c r="I44" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J44" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="30" t="s">
+        <v>229</v>
+      </c>
+      <c r="L44" s="25" t="s">
+        <v>230</v>
+      </c>
+      <c r="M44" s="26" t="s">
+        <v>231</v>
+      </c>
+      <c r="N44" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O44" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P44" s="25" t="s">
+        <v>767</v>
+      </c>
+      <c r="Q44" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R44" s="31"/>
+    </row>
+    <row r="45" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B45" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C45" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D45" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E45" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F45" s="35" t="s">
+        <v>232</v>
+      </c>
+      <c r="G45" s="36" t="s">
+        <v>233</v>
+      </c>
+      <c r="H45" s="37" t="s">
+        <v>207</v>
+      </c>
+      <c r="I45" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J45" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K45" s="38" t="s">
+        <v>234</v>
+      </c>
+      <c r="L45" s="25" t="s">
+        <v>235</v>
+      </c>
+      <c r="M45" s="36" t="s">
+        <v>236</v>
+      </c>
+      <c r="N45" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O45" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P45" s="35" t="s">
+        <v>768</v>
+      </c>
+      <c r="Q45" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R45" s="31"/>
+    </row>
+    <row r="46" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B46" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C46" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D46" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E46" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" s="35" t="s">
+        <v>237</v>
+      </c>
+      <c r="G46" s="36" t="s">
+        <v>238</v>
+      </c>
+      <c r="H46" s="37" t="s">
+        <v>207</v>
+      </c>
+      <c r="I46" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J46" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K46" s="38" t="s">
+        <v>239</v>
+      </c>
+      <c r="L46" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="M46" s="36" t="s">
+        <v>241</v>
+      </c>
+      <c r="N46" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P46" s="35" t="s">
+        <v>769</v>
+      </c>
+      <c r="Q46" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R46" s="31"/>
+    </row>
+    <row r="47" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C47" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D47" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E47" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F47" s="35" t="s">
+        <v>242</v>
+      </c>
+      <c r="G47" s="36" t="s">
+        <v>243</v>
+      </c>
+      <c r="H47" s="37" t="s">
+        <v>207</v>
+      </c>
+      <c r="I47" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J47" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="38" t="s">
+        <v>244</v>
+      </c>
+      <c r="L47" s="25" t="s">
+        <v>245</v>
+      </c>
+      <c r="M47" s="36" t="s">
+        <v>246</v>
+      </c>
+      <c r="N47" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O47" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P47" s="35" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q47" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R47" s="31"/>
+    </row>
+    <row r="48" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C48" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D48" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E48" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" s="27" t="s">
+        <v>247</v>
+      </c>
+      <c r="G48" s="26" t="s">
+        <v>248</v>
+      </c>
+      <c r="H48" s="28" t="s">
+        <v>207</v>
+      </c>
+      <c r="I48" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J48" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="30" t="s">
+        <v>249</v>
+      </c>
+      <c r="L48" s="25" t="s">
+        <v>250</v>
+      </c>
+      <c r="M48" s="26" t="s">
+        <v>251</v>
+      </c>
+      <c r="N48" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O48" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P48" s="27" t="s">
+        <v>771</v>
+      </c>
+      <c r="Q48" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R48" s="31"/>
+    </row>
+    <row r="49" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C49" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D49" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E49" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F49" s="25" t="s">
+        <v>252</v>
+      </c>
+      <c r="G49" s="26" t="s">
+        <v>253</v>
+      </c>
+      <c r="H49" s="28" t="s">
+        <v>207</v>
+      </c>
+      <c r="I49" s="26" t="s">
+        <v>208</v>
+      </c>
+      <c r="J49" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K49" s="32" t="s">
+        <v>254</v>
+      </c>
+      <c r="L49" s="25" t="s">
+        <v>255</v>
+      </c>
+      <c r="M49" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="N49" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O49" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P49" s="25" t="s">
+        <v>772</v>
+      </c>
+      <c r="Q49" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R49" s="31"/>
+    </row>
+    <row r="50" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B50" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C50" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D50" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E50" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F50" s="25" t="s">
+        <v>257</v>
+      </c>
+      <c r="G50" s="26" t="s">
+        <v>258</v>
+      </c>
+      <c r="H50" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="I50" s="26" t="s">
+        <v>260</v>
+      </c>
+      <c r="J50" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K50" s="30" t="s">
+        <v>261</v>
+      </c>
+      <c r="L50" s="25" t="s">
+        <v>262</v>
+      </c>
+      <c r="M50" s="26" t="s">
+        <v>263</v>
+      </c>
+      <c r="N50" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O50" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P50" s="25" t="s">
+        <v>773</v>
+      </c>
+      <c r="Q50" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R50" s="31"/>
+    </row>
+    <row r="51" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B51" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C51" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D51" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E51" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F51" s="25" t="s">
+        <v>264</v>
+      </c>
+      <c r="G51" s="26" t="s">
+        <v>265</v>
+      </c>
+      <c r="H51" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="I51" s="26" t="s">
+        <v>260</v>
+      </c>
+      <c r="J51" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K51" s="30" t="s">
+        <v>266</v>
+      </c>
+      <c r="L51" s="25" t="s">
+        <v>267</v>
+      </c>
+      <c r="M51" s="26" t="s">
+        <v>268</v>
+      </c>
+      <c r="N51" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O51" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P51" s="25" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q51" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R51" s="31"/>
+    </row>
+    <row r="52" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B52" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C52" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D52" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E52" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F52" s="27" t="s">
+        <v>269</v>
+      </c>
+      <c r="G52" s="26" t="s">
+        <v>270</v>
+      </c>
+      <c r="H52" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="I52" s="26" t="s">
+        <v>260</v>
+      </c>
+      <c r="J52" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K52" s="29" t="s">
+        <v>271</v>
+      </c>
+      <c r="L52" s="25" t="s">
+        <v>272</v>
+      </c>
+      <c r="M52" s="26" t="s">
+        <v>273</v>
+      </c>
+      <c r="N52" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O52" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P52" s="27" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q52" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R52" s="31"/>
+    </row>
+    <row r="53" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B53" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C53" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D53" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E53" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" s="27" t="s">
+        <v>274</v>
+      </c>
+      <c r="G53" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H53" s="28" t="s">
+        <v>259</v>
+      </c>
+      <c r="I53" s="26" t="s">
+        <v>260</v>
+      </c>
+      <c r="J53" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K53" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="L53" s="25" t="s">
+        <v>277</v>
+      </c>
+      <c r="M53" s="26" t="s">
+        <v>278</v>
+      </c>
+      <c r="N53" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="O53" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="P53" s="27" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q53" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R53" s="31"/>
+    </row>
+    <row r="54" spans="1:18" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B54" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C54" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D54" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E54" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F54" s="41" t="s">
+        <v>665</v>
+      </c>
+      <c r="G54" s="43">
+        <v>989</v>
+      </c>
+      <c r="H54" s="44" t="s">
+        <v>672</v>
+      </c>
+      <c r="I54" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="J54" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K54" s="45" t="s">
+        <v>670</v>
+      </c>
+      <c r="L54" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="M54" s="46" t="s">
+        <v>723</v>
+      </c>
+      <c r="N54" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="O54" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P54" s="41" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q54" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R54" s="47"/>
+    </row>
+    <row r="55" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B55" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C55" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D55" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E55" s="26" t="s">
+        <v>293</v>
+      </c>
+      <c r="F55" s="35" t="s">
+        <v>291</v>
+      </c>
+      <c r="G55" s="36">
+        <v>9589</v>
+      </c>
+      <c r="H55" s="37" t="s">
+        <v>656</v>
+      </c>
+      <c r="I55" s="26" t="s">
+        <v>656</v>
+      </c>
+      <c r="J55" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="K55" s="36" t="s">
+        <v>321</v>
+      </c>
+      <c r="L55" s="25" t="s">
+        <v>292</v>
+      </c>
+      <c r="M55" s="36" t="s">
+        <v>794</v>
+      </c>
+      <c r="N55" s="26" t="s">
+        <v>795</v>
+      </c>
+      <c r="O55" s="26" t="s">
+        <v>293</v>
+      </c>
+      <c r="P55" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q55" s="25" t="s">
+        <v>321</v>
+      </c>
+      <c r="R55" s="25"/>
+    </row>
+    <row r="56" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B56" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C56" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D56" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E56" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="F56" s="27" t="s">
+        <v>637</v>
+      </c>
+      <c r="G56" s="26">
+        <v>128</v>
+      </c>
+      <c r="H56" s="28">
+        <v>2668478</v>
+      </c>
+      <c r="I56" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="J56" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="29" t="s">
+        <v>638</v>
+      </c>
+      <c r="L56" s="25" t="s">
+        <v>639</v>
+      </c>
+      <c r="M56" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="N56" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="O56" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="P56" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q56" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R56" s="39"/>
+    </row>
+    <row r="57" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B57" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C57" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D57" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E57" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="F57" s="35" t="s">
+        <v>650</v>
+      </c>
+      <c r="G57" s="36">
+        <v>9253</v>
+      </c>
+      <c r="H57" s="37">
+        <v>2346970</v>
+      </c>
+      <c r="I57" s="40">
+        <v>605828142</v>
+      </c>
+      <c r="J57" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K57" s="38" t="s">
+        <v>651</v>
+      </c>
+      <c r="L57" s="33" t="s">
+        <v>652</v>
+      </c>
+      <c r="M57" s="36" t="s">
+        <v>640</v>
+      </c>
+      <c r="N57" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="O57" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="P57" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q57" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R57" s="31"/>
+    </row>
+    <row r="58" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B58" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C58" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D58" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E58" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="F58" s="27" t="s">
+        <v>642</v>
+      </c>
+      <c r="G58" s="26">
+        <v>9422</v>
+      </c>
+      <c r="H58" s="28">
+        <v>2564354</v>
+      </c>
+      <c r="I58" s="26" t="s">
+        <v>643</v>
+      </c>
+      <c r="J58" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="29" t="s">
+        <v>644</v>
+      </c>
+      <c r="L58" s="25" t="s">
+        <v>645</v>
+      </c>
+      <c r="M58" s="26" t="s">
+        <v>646</v>
+      </c>
+      <c r="N58" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="O58" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="P58" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q58" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R58" s="31"/>
+    </row>
+    <row r="59" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B59" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C59" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D59" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E59" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="F59" s="27" t="s">
+        <v>647</v>
+      </c>
+      <c r="G59" s="26">
+        <v>9857</v>
+      </c>
+      <c r="H59" s="28">
+        <v>13922778</v>
+      </c>
+      <c r="I59" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="J59" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="30" t="s">
+        <v>648</v>
+      </c>
+      <c r="L59" s="25" t="s">
+        <v>649</v>
+      </c>
+      <c r="M59" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="N59" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="O59" s="26" t="s">
+        <v>641</v>
+      </c>
+      <c r="P59" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q59" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R59" s="31"/>
+    </row>
+    <row r="60" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B60" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C60" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D60" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E60" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>308</v>
+      </c>
+      <c r="G60" s="26">
+        <v>9471</v>
+      </c>
+      <c r="H60" s="28" t="s">
+        <v>309</v>
+      </c>
+      <c r="I60" s="26" t="s">
+        <v>309</v>
+      </c>
+      <c r="J60" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="32" t="s">
+        <v>310</v>
+      </c>
+      <c r="L60" s="25" t="s">
+        <v>311</v>
+      </c>
+      <c r="M60" s="26" t="s">
+        <v>312</v>
+      </c>
+      <c r="N60" s="26" t="s">
+        <v>313</v>
+      </c>
+      <c r="O60" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="P60" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q60" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R60" s="31"/>
+    </row>
+    <row r="61" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C61" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D61" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E61" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="F61" s="35" t="s">
+        <v>302</v>
+      </c>
+      <c r="G61" s="36">
+        <v>9715</v>
+      </c>
+      <c r="H61" s="37" t="s">
+        <v>303</v>
+      </c>
+      <c r="I61" s="26" t="s">
+        <v>303</v>
+      </c>
+      <c r="J61" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K61" s="38" t="s">
+        <v>304</v>
+      </c>
+      <c r="L61" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="M61" s="36" t="s">
+        <v>306</v>
+      </c>
+      <c r="N61" s="26" t="s">
+        <v>307</v>
+      </c>
+      <c r="O61" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="P61" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q61" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R61" s="31"/>
+    </row>
+    <row r="62" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B62" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C62" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D62" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E62" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="F62" s="27" t="s">
+        <v>294</v>
+      </c>
+      <c r="G62" s="26">
+        <v>9725</v>
+      </c>
+      <c r="H62" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="I62" s="26" t="s">
+        <v>296</v>
+      </c>
+      <c r="J62" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K62" s="30" t="s">
+        <v>297</v>
+      </c>
+      <c r="L62" s="25" t="s">
+        <v>298</v>
+      </c>
+      <c r="M62" s="26" t="s">
+        <v>299</v>
+      </c>
+      <c r="N62" s="26" t="s">
+        <v>300</v>
+      </c>
+      <c r="O62" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="P62" s="25" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q62" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R62" s="31"/>
+    </row>
+    <row r="63" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B63" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C63" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D63" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E63" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="F63" s="25" t="s">
+        <v>314</v>
+      </c>
+      <c r="G63" s="26">
+        <v>9726</v>
+      </c>
+      <c r="H63" s="28" t="s">
+        <v>315</v>
+      </c>
+      <c r="I63" s="26" t="s">
+        <v>316</v>
+      </c>
+      <c r="J63" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K63" s="32" t="s">
+        <v>317</v>
+      </c>
+      <c r="L63" s="25" t="s">
+        <v>318</v>
+      </c>
+      <c r="M63" s="26" t="s">
+        <v>654</v>
+      </c>
+      <c r="N63" s="26" t="s">
+        <v>313</v>
+      </c>
+      <c r="O63" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="P63" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q63" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R63" s="31"/>
+    </row>
+    <row r="64" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B64" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C64" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D64" s="25" t="s">
+        <v>669</v>
+      </c>
+      <c r="E64" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="F64" s="25" t="s">
+        <v>319</v>
+      </c>
+      <c r="G64" s="26">
+        <v>9727</v>
+      </c>
+      <c r="H64" s="28" t="s">
+        <v>320</v>
+      </c>
+      <c r="I64" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="J64" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K64" s="30" t="s">
+        <v>322</v>
+      </c>
+      <c r="L64" s="25" t="s">
+        <v>323</v>
+      </c>
+      <c r="M64" s="26" t="s">
+        <v>655</v>
+      </c>
+      <c r="N64" s="26" t="s">
+        <v>300</v>
+      </c>
+      <c r="O64" s="26" t="s">
+        <v>301</v>
+      </c>
+      <c r="P64" s="25" t="s">
+        <v>660</v>
+      </c>
+      <c r="Q64" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R64" s="31"/>
+    </row>
+    <row r="65" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B65" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C65" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D65" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E65" s="26" t="s">
+        <v>329</v>
+      </c>
+      <c r="F65" s="27" t="s">
+        <v>324</v>
+      </c>
+      <c r="G65" s="26">
+        <v>9120</v>
+      </c>
+      <c r="H65" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="I65" s="26" t="s">
+        <v>321</v>
+      </c>
+      <c r="J65" s="48" t="s">
+        <v>321</v>
+      </c>
+      <c r="K65" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="L65" s="25" t="s">
+        <v>326</v>
+      </c>
+      <c r="M65" s="26" t="s">
+        <v>327</v>
+      </c>
+      <c r="N65" s="26" t="s">
+        <v>328</v>
+      </c>
+      <c r="O65" s="26" t="s">
+        <v>329</v>
+      </c>
+      <c r="P65" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q65" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R65" s="31"/>
+    </row>
+    <row r="66" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B66" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C66" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D66" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E66" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="F66" s="27" t="s">
+        <v>344</v>
+      </c>
+      <c r="G66" s="26">
+        <v>9114</v>
+      </c>
+      <c r="H66" s="28">
+        <v>603741</v>
+      </c>
+      <c r="I66" s="26" t="s">
+        <v>345</v>
+      </c>
+      <c r="J66" s="48" t="s">
+        <v>321</v>
+      </c>
+      <c r="K66" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="L66" s="25" t="s">
+        <v>346</v>
+      </c>
+      <c r="M66" s="26" t="s">
+        <v>333</v>
+      </c>
+      <c r="N66" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="O66" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="P66" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q66" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R66" s="31"/>
+    </row>
+    <row r="67" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B67" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C67" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D67" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E67" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="F67" s="35" t="s">
+        <v>339</v>
+      </c>
+      <c r="G67" s="36">
+        <v>9115</v>
+      </c>
+      <c r="H67" s="37">
+        <v>607102</v>
+      </c>
+      <c r="I67" s="26" t="s">
+        <v>340</v>
+      </c>
+      <c r="J67" s="48" t="s">
+        <v>321</v>
+      </c>
+      <c r="K67" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="L67" s="25" t="s">
+        <v>341</v>
+      </c>
+      <c r="M67" s="36" t="s">
+        <v>342</v>
+      </c>
+      <c r="N67" s="26" t="s">
+        <v>343</v>
+      </c>
+      <c r="O67" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="P67" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q67" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R67" s="31"/>
+    </row>
+    <row r="68" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B68" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C68" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D68" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E68" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="F68" s="35" t="s">
+        <v>330</v>
+      </c>
+      <c r="G68" s="36">
+        <v>9117</v>
+      </c>
+      <c r="H68" s="37">
+        <v>666543</v>
+      </c>
+      <c r="I68" s="26" t="s">
+        <v>331</v>
+      </c>
+      <c r="J68" s="48" t="s">
+        <v>321</v>
+      </c>
+      <c r="K68" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="L68" s="25" t="s">
+        <v>332</v>
+      </c>
+      <c r="M68" s="36" t="s">
+        <v>333</v>
+      </c>
+      <c r="N68" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="O68" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="P68" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q68" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R68" s="31"/>
+    </row>
+    <row r="69" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B69" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C69" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D69" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E69" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="F69" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G69" s="36" t="s">
+        <v>336</v>
+      </c>
+      <c r="H69" s="37">
+        <v>518160</v>
+      </c>
+      <c r="I69" s="26" t="s">
+        <v>337</v>
+      </c>
+      <c r="J69" s="48" t="s">
+        <v>321</v>
+      </c>
+      <c r="K69" s="30" t="s">
+        <v>321</v>
+      </c>
+      <c r="L69" s="25" t="s">
+        <v>338</v>
+      </c>
+      <c r="M69" s="36" t="s">
+        <v>333</v>
+      </c>
+      <c r="N69" s="26" t="s">
+        <v>681</v>
+      </c>
+      <c r="O69" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="P69" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q69" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R69" s="31"/>
+    </row>
+    <row r="70" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B70" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C70" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D70" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E70" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="F70" s="25" t="s">
+        <v>394</v>
+      </c>
+      <c r="G70" s="26">
+        <v>9750</v>
+      </c>
+      <c r="H70" s="28">
+        <v>914551757</v>
+      </c>
+      <c r="I70" s="26" t="s">
+        <v>395</v>
+      </c>
+      <c r="J70" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" s="29" t="s">
+        <v>396</v>
+      </c>
+      <c r="L70" s="25" t="s">
+        <v>397</v>
+      </c>
+      <c r="M70" s="41" t="s">
+        <v>724</v>
+      </c>
+      <c r="N70" s="41" t="s">
+        <v>725</v>
+      </c>
+      <c r="O70" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="P70" s="25" t="s">
+        <v>398</v>
+      </c>
+      <c r="Q70" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R70" s="31"/>
+    </row>
+    <row r="71" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C71" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D71" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E71" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="F71" s="25" t="s">
+        <v>409</v>
+      </c>
+      <c r="G71" s="26">
+        <v>9751</v>
+      </c>
+      <c r="H71" s="28">
+        <v>983995691</v>
+      </c>
+      <c r="I71" s="26" t="s">
+        <v>410</v>
+      </c>
+      <c r="J71" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K71" s="30" t="s">
+        <v>411</v>
+      </c>
+      <c r="L71" s="25" t="s">
+        <v>412</v>
+      </c>
+      <c r="M71" s="41" t="s">
+        <v>724</v>
+      </c>
+      <c r="N71" s="41" t="s">
+        <v>725</v>
+      </c>
+      <c r="O71" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="P71" s="25" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q71" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R71" s="31"/>
+    </row>
+    <row r="72" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B72" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C72" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D72" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E72" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="F72" s="35" t="s">
+        <v>399</v>
+      </c>
+      <c r="G72" s="36">
+        <v>9753</v>
+      </c>
+      <c r="H72" s="37">
+        <v>970938974</v>
+      </c>
+      <c r="I72" s="26" t="s">
+        <v>400</v>
+      </c>
+      <c r="J72" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K72" s="38" t="s">
+        <v>401</v>
+      </c>
+      <c r="L72" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="M72" s="41" t="s">
+        <v>724</v>
+      </c>
+      <c r="N72" s="41" t="s">
+        <v>725</v>
+      </c>
+      <c r="O72" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="P72" s="27" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q72" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R72" s="31"/>
+    </row>
+    <row r="73" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B73" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C73" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D73" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E73" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="F73" s="25" t="s">
+        <v>404</v>
+      </c>
+      <c r="G73" s="26">
+        <v>9757</v>
+      </c>
+      <c r="H73" s="28">
+        <v>982584027</v>
+      </c>
+      <c r="I73" s="26" t="s">
+        <v>405</v>
+      </c>
+      <c r="J73" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" s="32" t="s">
+        <v>406</v>
+      </c>
+      <c r="L73" s="25" t="s">
+        <v>407</v>
+      </c>
+      <c r="M73" s="41" t="s">
+        <v>724</v>
+      </c>
+      <c r="N73" s="41" t="s">
+        <v>725</v>
+      </c>
+      <c r="O73" s="26" t="s">
+        <v>393</v>
+      </c>
+      <c r="P73" s="25" t="s">
+        <v>408</v>
+      </c>
+      <c r="Q73" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R73" s="31"/>
+    </row>
+    <row r="74" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B74" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C74" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D74" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E74" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F74" s="35" t="s">
+        <v>431</v>
+      </c>
+      <c r="G74" s="36">
+        <v>9850</v>
+      </c>
+      <c r="H74" s="37">
+        <v>365569059</v>
+      </c>
+      <c r="I74" s="26" t="s">
+        <v>432</v>
+      </c>
+      <c r="J74" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="38" t="s">
+        <v>433</v>
+      </c>
+      <c r="L74" s="33" t="s">
+        <v>434</v>
+      </c>
+      <c r="M74" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N74" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O74" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P74" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q74" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R74" s="31"/>
+    </row>
+    <row r="75" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B75" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C75" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D75" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E75" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F75" s="35" t="s">
+        <v>421</v>
+      </c>
+      <c r="G75" s="36">
+        <v>9851</v>
+      </c>
+      <c r="H75" s="37">
+        <v>365569303</v>
+      </c>
+      <c r="I75" s="26" t="s">
+        <v>422</v>
+      </c>
+      <c r="J75" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K75" s="38" t="s">
+        <v>423</v>
+      </c>
+      <c r="L75" s="33" t="s">
+        <v>424</v>
+      </c>
+      <c r="M75" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N75" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O75" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P75" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q75" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R75" s="31"/>
+    </row>
+    <row r="76" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B76" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C76" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D76" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E76" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F76" s="35" t="s">
+        <v>427</v>
+      </c>
+      <c r="G76" s="36">
+        <v>9852</v>
+      </c>
+      <c r="H76" s="37">
+        <v>365569415</v>
+      </c>
+      <c r="I76" s="26" t="s">
+        <v>428</v>
+      </c>
+      <c r="J76" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" s="38" t="s">
+        <v>429</v>
+      </c>
+      <c r="L76" s="33" t="s">
+        <v>430</v>
+      </c>
+      <c r="M76" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N76" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O76" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P76" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q76" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R76" s="31"/>
+    </row>
+    <row r="77" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B77" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C77" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D77" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E77" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F77" s="35" t="s">
+        <v>457</v>
+      </c>
+      <c r="G77" s="36">
+        <v>9853</v>
+      </c>
+      <c r="H77" s="37" t="s">
+        <v>321</v>
+      </c>
+      <c r="I77" s="26" t="s">
+        <v>458</v>
+      </c>
+      <c r="J77" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="38" t="s">
+        <v>459</v>
+      </c>
+      <c r="L77" s="33" t="s">
+        <v>460</v>
+      </c>
+      <c r="M77" s="36" t="s">
+        <v>418</v>
+      </c>
+      <c r="N77" s="26" t="s">
+        <v>419</v>
+      </c>
+      <c r="O77" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P77" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q77" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R77" s="31"/>
+    </row>
+    <row r="78" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B78" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C78" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D78" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E78" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F78" s="35" t="s">
+        <v>414</v>
+      </c>
+      <c r="G78" s="36">
+        <v>9863</v>
+      </c>
+      <c r="H78" s="37" t="s">
+        <v>321</v>
+      </c>
+      <c r="I78" s="26" t="s">
+        <v>415</v>
+      </c>
+      <c r="J78" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K78" s="38" t="s">
+        <v>416</v>
+      </c>
+      <c r="L78" s="33" t="s">
+        <v>417</v>
+      </c>
+      <c r="M78" s="36" t="s">
+        <v>418</v>
+      </c>
+      <c r="N78" s="26" t="s">
+        <v>419</v>
+      </c>
+      <c r="O78" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P78" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q78" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R78" s="31"/>
+    </row>
+    <row r="79" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B79" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C79" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D79" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E79" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F79" s="25" t="s">
+        <v>470</v>
+      </c>
+      <c r="G79" s="26">
+        <v>9866</v>
+      </c>
+      <c r="H79" s="28" t="s">
+        <v>321</v>
+      </c>
+      <c r="I79" s="26" t="s">
+        <v>471</v>
+      </c>
+      <c r="J79" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" s="29" t="s">
+        <v>472</v>
+      </c>
+      <c r="L79" s="25" t="s">
+        <v>473</v>
+      </c>
+      <c r="M79" s="26" t="s">
+        <v>474</v>
+      </c>
+      <c r="N79" s="26" t="s">
+        <v>475</v>
+      </c>
+      <c r="O79" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P79" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q79" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R79" s="31"/>
+    </row>
+    <row r="80" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B80" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C80" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D80" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E80" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F80" s="35" t="s">
+        <v>445</v>
+      </c>
+      <c r="G80" s="36" t="s">
+        <v>446</v>
+      </c>
+      <c r="H80" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="I80" s="26" t="s">
+        <v>438</v>
+      </c>
+      <c r="J80" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" s="38" t="s">
+        <v>447</v>
+      </c>
+      <c r="L80" s="33" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N80" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O80" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P80" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q80" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R80" s="31"/>
+    </row>
+    <row r="81" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B81" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C81" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D81" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E81" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F81" s="35" t="s">
+        <v>435</v>
+      </c>
+      <c r="G81" s="36" t="s">
+        <v>436</v>
+      </c>
+      <c r="H81" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="I81" s="26" t="s">
+        <v>438</v>
+      </c>
+      <c r="J81" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" s="38" t="s">
+        <v>439</v>
+      </c>
+      <c r="L81" s="33" t="s">
+        <v>440</v>
+      </c>
+      <c r="M81" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N81" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O81" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P81" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q81" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R81" s="31"/>
+    </row>
+    <row r="82" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B82" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C82" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D82" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E82" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F82" s="35" t="s">
+        <v>441</v>
+      </c>
+      <c r="G82" s="36" t="s">
+        <v>442</v>
+      </c>
+      <c r="H82" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="I82" s="26" t="s">
+        <v>438</v>
+      </c>
+      <c r="J82" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K82" s="38" t="s">
+        <v>443</v>
+      </c>
+      <c r="L82" s="33" t="s">
+        <v>444</v>
+      </c>
+      <c r="M82" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N82" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O82" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P82" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q82" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R82" s="31"/>
+    </row>
+    <row r="83" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B83" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C83" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D83" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E83" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F83" s="35" t="s">
+        <v>449</v>
+      </c>
+      <c r="G83" s="36" t="s">
+        <v>450</v>
+      </c>
+      <c r="H83" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="I83" s="26" t="s">
+        <v>438</v>
+      </c>
+      <c r="J83" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="38" t="s">
+        <v>451</v>
+      </c>
+      <c r="L83" s="33" t="s">
+        <v>452</v>
+      </c>
+      <c r="M83" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N83" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O83" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P83" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q83" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R83" s="31"/>
+    </row>
+    <row r="84" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B84" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C84" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D84" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E84" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F84" s="35" t="s">
+        <v>453</v>
+      </c>
+      <c r="G84" s="36" t="s">
+        <v>454</v>
+      </c>
+      <c r="H84" s="37" t="s">
+        <v>437</v>
+      </c>
+      <c r="I84" s="26" t="s">
+        <v>438</v>
+      </c>
+      <c r="J84" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="38" t="s">
+        <v>455</v>
+      </c>
+      <c r="L84" s="33" t="s">
+        <v>456</v>
+      </c>
+      <c r="M84" s="36" t="s">
+        <v>425</v>
+      </c>
+      <c r="N84" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O84" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P84" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q84" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R84" s="31"/>
+    </row>
+    <row r="85" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B85" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C85" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D85" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E85" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F85" s="25" t="s">
+        <v>466</v>
+      </c>
+      <c r="G85" s="26" t="s">
+        <v>467</v>
+      </c>
+      <c r="H85" s="28">
+        <v>271990231</v>
+      </c>
+      <c r="I85" s="26" t="s">
+        <v>463</v>
+      </c>
+      <c r="J85" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" s="29" t="s">
+        <v>468</v>
+      </c>
+      <c r="L85" s="25" t="s">
+        <v>469</v>
+      </c>
+      <c r="M85" s="26" t="s">
+        <v>425</v>
+      </c>
+      <c r="N85" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O85" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P85" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q85" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R85" s="31"/>
+    </row>
+    <row r="86" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B86" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C86" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D86" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E86" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="F86" s="27" t="s">
+        <v>461</v>
+      </c>
+      <c r="G86" s="26" t="s">
+        <v>462</v>
+      </c>
+      <c r="H86" s="28">
+        <v>271990231</v>
+      </c>
+      <c r="I86" s="26" t="s">
+        <v>463</v>
+      </c>
+      <c r="J86" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="29" t="s">
+        <v>464</v>
+      </c>
+      <c r="L86" s="25" t="s">
+        <v>465</v>
+      </c>
+      <c r="M86" s="26" t="s">
+        <v>425</v>
+      </c>
+      <c r="N86" s="26" t="s">
+        <v>426</v>
+      </c>
+      <c r="O86" s="26" t="s">
+        <v>420</v>
+      </c>
+      <c r="P86" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q86" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R86" s="31"/>
+    </row>
+    <row r="87" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B87" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C87" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D87" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E87" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F87" s="35" t="s">
+        <v>478</v>
+      </c>
+      <c r="G87" s="36">
+        <v>8100</v>
+      </c>
+      <c r="H87" s="37" t="s">
+        <v>479</v>
+      </c>
+      <c r="I87" s="40" t="s">
+        <v>480</v>
+      </c>
+      <c r="J87" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K87" s="38" t="s">
+        <v>481</v>
+      </c>
+      <c r="L87" s="33" t="s">
+        <v>482</v>
+      </c>
+      <c r="M87" s="36" t="s">
+        <v>483</v>
+      </c>
+      <c r="N87" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O87" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P87" s="27" t="s">
+        <v>689</v>
+      </c>
+      <c r="Q87" s="31">
+        <v>5565291258</v>
+      </c>
+      <c r="R87" s="31"/>
+    </row>
+    <row r="88" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B88" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C88" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D88" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E88" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F88" s="35" t="s">
+        <v>484</v>
+      </c>
+      <c r="G88" s="36">
+        <v>9434</v>
+      </c>
+      <c r="H88" s="37" t="s">
+        <v>485</v>
+      </c>
+      <c r="I88" s="26" t="s">
+        <v>486</v>
+      </c>
+      <c r="J88" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K88" s="38" t="s">
+        <v>487</v>
+      </c>
+      <c r="L88" s="33" t="s">
+        <v>488</v>
+      </c>
+      <c r="M88" s="36" t="s">
+        <v>489</v>
+      </c>
+      <c r="N88" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O88" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P88" s="25" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q88" s="25">
+        <v>5564789674</v>
+      </c>
+      <c r="R88" s="31"/>
+    </row>
+    <row r="89" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B89" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C89" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D89" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E89" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F89" s="35" t="s">
+        <v>491</v>
+      </c>
+      <c r="G89" s="36">
+        <v>9552</v>
+      </c>
+      <c r="H89" s="37" t="s">
+        <v>492</v>
+      </c>
+      <c r="I89" s="26" t="s">
+        <v>493</v>
+      </c>
+      <c r="J89" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="38" t="s">
+        <v>494</v>
+      </c>
+      <c r="L89" s="33" t="s">
+        <v>495</v>
+      </c>
+      <c r="M89" s="36" t="s">
+        <v>496</v>
+      </c>
+      <c r="N89" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O89" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P89" s="25" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q89" s="31">
+        <v>5567463087</v>
+      </c>
+      <c r="R89" s="31"/>
+    </row>
+    <row r="90" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B90" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C90" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D90" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E90" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F90" s="35" t="s">
+        <v>497</v>
+      </c>
+      <c r="G90" s="36">
+        <v>9773</v>
+      </c>
+      <c r="H90" s="37" t="s">
+        <v>498</v>
+      </c>
+      <c r="I90" s="26" t="s">
+        <v>499</v>
+      </c>
+      <c r="J90" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="38" t="s">
+        <v>500</v>
+      </c>
+      <c r="L90" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="M90" s="36" t="s">
+        <v>502</v>
+      </c>
+      <c r="N90" s="26" t="s">
+        <v>503</v>
+      </c>
+      <c r="O90" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P90" s="35" t="s">
+        <v>504</v>
+      </c>
+      <c r="Q90" s="31">
+        <v>5592889439</v>
+      </c>
+      <c r="R90" s="42"/>
+    </row>
+    <row r="91" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B91" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C91" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D91" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E91" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F91" s="35" t="s">
+        <v>505</v>
+      </c>
+      <c r="G91" s="36">
+        <v>9830</v>
+      </c>
+      <c r="H91" s="37" t="s">
+        <v>506</v>
+      </c>
+      <c r="I91" s="26" t="s">
+        <v>507</v>
+      </c>
+      <c r="J91" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="38" t="s">
+        <v>508</v>
+      </c>
+      <c r="L91" s="33" t="s">
+        <v>509</v>
+      </c>
+      <c r="M91" s="36" t="s">
+        <v>510</v>
+      </c>
+      <c r="N91" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O91" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P91" s="35" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q91" s="31">
+        <v>5593137440</v>
+      </c>
+      <c r="R91" s="31"/>
+    </row>
+    <row r="92" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B92" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C92" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D92" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E92" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F92" s="35" t="s">
+        <v>512</v>
+      </c>
+      <c r="G92" s="36">
+        <v>9832</v>
+      </c>
+      <c r="H92" s="37" t="s">
+        <v>513</v>
+      </c>
+      <c r="I92" s="26" t="s">
+        <v>514</v>
+      </c>
+      <c r="J92" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="38" t="s">
+        <v>515</v>
+      </c>
+      <c r="L92" s="33" t="s">
+        <v>516</v>
+      </c>
+      <c r="M92" s="36" t="s">
+        <v>517</v>
+      </c>
+      <c r="N92" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O92" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P92" s="27" t="s">
+        <v>691</v>
+      </c>
+      <c r="Q92" s="31">
+        <v>5593137309</v>
+      </c>
+      <c r="R92" s="31"/>
+    </row>
+    <row r="93" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B93" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C93" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D93" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E93" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F93" s="35" t="s">
+        <v>518</v>
+      </c>
+      <c r="G93" s="36">
+        <v>9833</v>
+      </c>
+      <c r="H93" s="37" t="s">
+        <v>519</v>
+      </c>
+      <c r="I93" s="26" t="s">
+        <v>520</v>
+      </c>
+      <c r="J93" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="38" t="s">
+        <v>521</v>
+      </c>
+      <c r="L93" s="33" t="s">
+        <v>522</v>
+      </c>
+      <c r="M93" s="36" t="s">
+        <v>523</v>
+      </c>
+      <c r="N93" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O93" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P93" s="25" t="s">
+        <v>692</v>
+      </c>
+      <c r="Q93" s="25">
+        <v>5593851958</v>
+      </c>
+      <c r="R93" s="31"/>
+    </row>
+    <row r="94" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B94" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C94" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D94" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E94" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F94" s="27" t="s">
+        <v>524</v>
+      </c>
+      <c r="G94" s="26">
+        <v>9835</v>
+      </c>
+      <c r="H94" s="28" t="s">
+        <v>525</v>
+      </c>
+      <c r="I94" s="26" t="s">
+        <v>526</v>
+      </c>
+      <c r="J94" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="29" t="s">
+        <v>527</v>
+      </c>
+      <c r="L94" s="25" t="s">
+        <v>528</v>
+      </c>
+      <c r="M94" s="26" t="s">
+        <v>529</v>
+      </c>
+      <c r="N94" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O94" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P94" s="25" t="s">
+        <v>530</v>
+      </c>
+      <c r="Q94" s="25">
+        <v>5593851974</v>
+      </c>
+      <c r="R94" s="31"/>
+    </row>
+    <row r="95" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B95" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C95" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D95" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E95" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F95" s="35" t="s">
+        <v>531</v>
+      </c>
+      <c r="G95" s="36">
+        <v>9870</v>
+      </c>
+      <c r="H95" s="37" t="s">
+        <v>532</v>
+      </c>
+      <c r="I95" s="26" t="s">
+        <v>533</v>
+      </c>
+      <c r="J95" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="38" t="s">
+        <v>534</v>
+      </c>
+      <c r="L95" s="25" t="s">
+        <v>535</v>
+      </c>
+      <c r="M95" s="36" t="s">
+        <v>536</v>
+      </c>
+      <c r="N95" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O95" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P95" s="27" t="s">
+        <v>693</v>
+      </c>
+      <c r="Q95" s="27" t="s">
+        <v>694</v>
+      </c>
+      <c r="R95" s="31"/>
+    </row>
+    <row r="96" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B96" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C96" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D96" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E96" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F96" s="25" t="s">
+        <v>537</v>
+      </c>
+      <c r="G96" s="26">
+        <v>9881</v>
+      </c>
+      <c r="H96" s="28" t="s">
+        <v>538</v>
+      </c>
+      <c r="I96" s="26" t="s">
+        <v>539</v>
+      </c>
+      <c r="J96" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="32" t="s">
+        <v>540</v>
+      </c>
+      <c r="L96" s="25" t="s">
+        <v>541</v>
+      </c>
+      <c r="M96" s="26" t="s">
+        <v>542</v>
+      </c>
+      <c r="N96" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O96" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P96" s="25" t="s">
+        <v>543</v>
+      </c>
+      <c r="Q96" s="31">
+        <v>5594388257</v>
+      </c>
+      <c r="R96" s="31"/>
+    </row>
+    <row r="97" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B97" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C97" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D97" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E97" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F97" s="25" t="s">
+        <v>544</v>
+      </c>
+      <c r="G97" s="26">
+        <v>9882</v>
+      </c>
+      <c r="H97" s="28" t="s">
+        <v>545</v>
+      </c>
+      <c r="I97" s="26" t="s">
+        <v>546</v>
+      </c>
+      <c r="J97" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="32" t="s">
+        <v>547</v>
+      </c>
+      <c r="L97" s="25" t="s">
+        <v>548</v>
+      </c>
+      <c r="M97" s="26" t="s">
+        <v>549</v>
+      </c>
+      <c r="N97" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O97" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P97" s="25" t="s">
+        <v>550</v>
+      </c>
+      <c r="Q97" s="31" t="s">
+        <v>551</v>
+      </c>
+      <c r="R97" s="31"/>
+    </row>
+    <row r="98" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B98" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C98" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D98" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E98" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F98" s="25" t="s">
+        <v>552</v>
+      </c>
+      <c r="G98" s="26">
+        <v>9883</v>
+      </c>
+      <c r="H98" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="I98" s="26" t="s">
+        <v>554</v>
+      </c>
+      <c r="J98" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="32" t="s">
+        <v>555</v>
+      </c>
+      <c r="L98" s="25" t="s">
+        <v>556</v>
+      </c>
+      <c r="M98" s="26" t="s">
+        <v>557</v>
+      </c>
+      <c r="N98" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O98" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P98" s="25" t="s">
+        <v>558</v>
+      </c>
+      <c r="Q98" s="31" t="s">
+        <v>559</v>
+      </c>
+      <c r="R98" s="31"/>
+    </row>
+    <row r="99" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B99" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C99" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D99" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E99" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F99" s="27" t="s">
+        <v>561</v>
+      </c>
+      <c r="G99" s="26">
+        <v>9887</v>
+      </c>
+      <c r="H99" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="I99" s="26" t="s">
+        <v>563</v>
+      </c>
+      <c r="J99" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="29" t="s">
+        <v>564</v>
+      </c>
+      <c r="L99" s="25" t="s">
+        <v>565</v>
+      </c>
+      <c r="M99" s="26" t="s">
+        <v>566</v>
+      </c>
+      <c r="N99" s="26" t="s">
+        <v>560</v>
+      </c>
+      <c r="O99" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P99" s="27" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q99" s="31">
+        <v>5594455551</v>
+      </c>
+      <c r="R99" s="31"/>
+    </row>
+    <row r="100" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B100" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C100" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D100" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E100" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F100" s="35" t="s">
+        <v>568</v>
+      </c>
+      <c r="G100" s="36">
+        <v>9890</v>
+      </c>
+      <c r="H100" s="37" t="s">
+        <v>569</v>
+      </c>
+      <c r="I100" s="40" t="s">
+        <v>570</v>
+      </c>
+      <c r="J100" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K100" s="38" t="s">
+        <v>571</v>
+      </c>
+      <c r="L100" s="33" t="s">
+        <v>572</v>
+      </c>
+      <c r="M100" s="36" t="s">
+        <v>573</v>
+      </c>
+      <c r="N100" s="26" t="s">
+        <v>560</v>
+      </c>
+      <c r="O100" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P100" s="27" t="s">
+        <v>574</v>
+      </c>
+      <c r="Q100" s="31">
+        <v>5594455544</v>
+      </c>
+      <c r="R100" s="31"/>
+    </row>
+    <row r="101" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B101" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C101" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D101" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E101" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F101" s="35" t="s">
+        <v>575</v>
+      </c>
+      <c r="G101" s="36" t="s">
+        <v>576</v>
+      </c>
+      <c r="H101" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I101" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J101" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K101" s="38" t="s">
+        <v>579</v>
+      </c>
+      <c r="L101" s="33" t="s">
+        <v>580</v>
+      </c>
+      <c r="M101" s="36" t="s">
+        <v>581</v>
+      </c>
+      <c r="N101" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O101" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P101" s="27" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q101" s="31" t="s">
+        <v>582</v>
+      </c>
+      <c r="R101" s="31"/>
+    </row>
+    <row r="102" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B102" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C102" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D102" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E102" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F102" s="35" t="s">
+        <v>583</v>
+      </c>
+      <c r="G102" s="36" t="s">
+        <v>584</v>
+      </c>
+      <c r="H102" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I102" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J102" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="38" t="s">
+        <v>585</v>
+      </c>
+      <c r="L102" s="33" t="s">
+        <v>586</v>
+      </c>
+      <c r="M102" s="36" t="s">
+        <v>587</v>
+      </c>
+      <c r="N102" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O102" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P102" s="25" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q102" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R102" s="31"/>
+    </row>
+    <row r="103" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B103" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C103" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D103" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E103" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F103" s="35" t="s">
+        <v>661</v>
+      </c>
+      <c r="G103" s="36" t="s">
+        <v>588</v>
+      </c>
+      <c r="H103" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I103" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J103" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K103" s="38" t="s">
+        <v>589</v>
+      </c>
+      <c r="L103" s="33" t="s">
+        <v>590</v>
+      </c>
+      <c r="M103" s="36" t="s">
+        <v>591</v>
+      </c>
+      <c r="N103" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O103" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P103" s="25" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q103" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R103" s="31"/>
+    </row>
+    <row r="104" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B104" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C104" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D104" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E104" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F104" s="35" t="s">
+        <v>662</v>
+      </c>
+      <c r="G104" s="36" t="s">
+        <v>592</v>
+      </c>
+      <c r="H104" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I104" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J104" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K104" s="38" t="s">
+        <v>593</v>
+      </c>
+      <c r="L104" s="33" t="s">
+        <v>594</v>
+      </c>
+      <c r="M104" s="36" t="s">
+        <v>595</v>
+      </c>
+      <c r="N104" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O104" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P104" s="25" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q104" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R104" s="31"/>
+    </row>
+    <row r="105" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B105" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C105" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D105" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E105" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F105" s="35" t="s">
+        <v>663</v>
+      </c>
+      <c r="G105" s="36" t="s">
+        <v>596</v>
+      </c>
+      <c r="H105" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I105" s="26" t="s">
+        <v>597</v>
+      </c>
+      <c r="J105" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K105" s="38" t="s">
+        <v>598</v>
+      </c>
+      <c r="L105" s="33" t="s">
+        <v>599</v>
+      </c>
+      <c r="M105" s="36" t="s">
+        <v>600</v>
+      </c>
+      <c r="N105" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O105" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P105" s="35" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q105" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R105" s="42"/>
+    </row>
+    <row r="106" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B106" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C106" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D106" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E106" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F106" s="35" t="s">
+        <v>601</v>
+      </c>
+      <c r="G106" s="36" t="s">
+        <v>602</v>
+      </c>
+      <c r="H106" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I106" s="26" t="s">
+        <v>597</v>
+      </c>
+      <c r="J106" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K106" s="38" t="s">
+        <v>603</v>
+      </c>
+      <c r="L106" s="33" t="s">
+        <v>604</v>
+      </c>
+      <c r="M106" s="36" t="s">
+        <v>605</v>
+      </c>
+      <c r="N106" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O106" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P106" s="35" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q106" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R106" s="31"/>
+    </row>
+    <row r="107" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B107" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C107" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D107" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E107" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F107" s="35" t="s">
+        <v>606</v>
+      </c>
+      <c r="G107" s="36" t="s">
+        <v>607</v>
+      </c>
+      <c r="H107" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I107" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J107" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K107" s="38" t="s">
+        <v>608</v>
+      </c>
+      <c r="L107" s="33" t="s">
+        <v>609</v>
+      </c>
+      <c r="M107" s="36" t="s">
+        <v>610</v>
+      </c>
+      <c r="N107" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O107" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P107" s="35" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q107" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R107" s="31"/>
+    </row>
+    <row r="108" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B108" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C108" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D108" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E108" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F108" s="35" t="s">
+        <v>611</v>
+      </c>
+      <c r="G108" s="36" t="s">
+        <v>612</v>
+      </c>
+      <c r="H108" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I108" s="26" t="s">
+        <v>597</v>
+      </c>
+      <c r="J108" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="38" t="s">
+        <v>613</v>
+      </c>
+      <c r="L108" s="33" t="s">
+        <v>614</v>
+      </c>
+      <c r="M108" s="36" t="s">
+        <v>615</v>
+      </c>
+      <c r="N108" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O108" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P108" s="27" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q108" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R108" s="31"/>
+    </row>
+    <row r="109" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C109" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D109" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E109" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F109" s="35" t="s">
+        <v>616</v>
+      </c>
+      <c r="G109" s="36" t="s">
+        <v>617</v>
+      </c>
+      <c r="H109" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I109" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J109" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="38" t="s">
+        <v>618</v>
+      </c>
+      <c r="L109" s="33" t="s">
+        <v>619</v>
+      </c>
+      <c r="M109" s="36" t="s">
+        <v>620</v>
+      </c>
+      <c r="N109" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O109" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P109" s="31" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q109" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R109" s="31"/>
+    </row>
+    <row r="110" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B110" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C110" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D110" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E110" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F110" s="35" t="s">
+        <v>621</v>
+      </c>
+      <c r="G110" s="36" t="s">
+        <v>622</v>
+      </c>
+      <c r="H110" s="37" t="s">
+        <v>577</v>
+      </c>
+      <c r="I110" s="26" t="s">
+        <v>597</v>
+      </c>
+      <c r="J110" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="38" t="s">
+        <v>623</v>
+      </c>
+      <c r="L110" s="33" t="s">
+        <v>624</v>
+      </c>
+      <c r="M110" s="36" t="s">
+        <v>625</v>
+      </c>
+      <c r="N110" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O110" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P110" s="31" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q110" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R110" s="31"/>
+    </row>
+    <row r="111" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B111" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C111" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D111" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E111" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F111" s="27" t="s">
+        <v>626</v>
+      </c>
+      <c r="G111" s="26" t="s">
+        <v>627</v>
+      </c>
+      <c r="H111" s="28" t="s">
+        <v>577</v>
+      </c>
+      <c r="I111" s="26" t="s">
+        <v>578</v>
+      </c>
+      <c r="J111" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K111" s="29" t="s">
+        <v>628</v>
+      </c>
+      <c r="L111" s="25" t="s">
+        <v>629</v>
+      </c>
+      <c r="M111" s="26" t="s">
+        <v>630</v>
+      </c>
+      <c r="N111" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O111" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P111" s="25" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q111" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R111" s="31"/>
+    </row>
+    <row r="112" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B112" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C112" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D112" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E112" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="F112" s="25" t="s">
+        <v>631</v>
+      </c>
+      <c r="G112" s="26" t="s">
+        <v>632</v>
+      </c>
+      <c r="H112" s="28" t="s">
+        <v>633</v>
+      </c>
+      <c r="I112" s="26" t="s">
+        <v>634</v>
+      </c>
+      <c r="J112" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K112" s="29" t="s">
+        <v>653</v>
+      </c>
+      <c r="L112" s="25" t="s">
+        <v>635</v>
+      </c>
+      <c r="M112" s="26" t="s">
+        <v>636</v>
+      </c>
+      <c r="N112" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O112" s="26" t="s">
+        <v>477</v>
+      </c>
+      <c r="P112" s="25" t="s">
+        <v>796</v>
+      </c>
+      <c r="Q112" s="31">
+        <v>5565490678</v>
+      </c>
+      <c r="R112" s="39"/>
+    </row>
+    <row r="113" spans="1:18" s="8" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A113" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B113" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C113" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D113" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E113" s="26" t="s">
+        <v>392</v>
+      </c>
+      <c r="F113" s="35" t="s">
+        <v>385</v>
+      </c>
+      <c r="G113" s="36" t="s">
+        <v>386</v>
+      </c>
+      <c r="H113" s="37">
+        <v>61499404</v>
+      </c>
+      <c r="I113" s="26" t="s">
+        <v>387</v>
+      </c>
+      <c r="J113" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K113" s="38" t="s">
+        <v>388</v>
+      </c>
+      <c r="L113" s="25" t="s">
+        <v>389</v>
+      </c>
+      <c r="M113" s="36" t="s">
+        <v>390</v>
+      </c>
+      <c r="N113" s="26" t="s">
+        <v>391</v>
+      </c>
+      <c r="O113" s="26" t="s">
+        <v>392</v>
+      </c>
+      <c r="P113" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q113" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R113" s="49"/>
+    </row>
+    <row r="114" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A114" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B114" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C114" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D114" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E114" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F114" s="48" t="s">
+        <v>381</v>
+      </c>
+      <c r="G114" s="50">
+        <v>9118</v>
+      </c>
+      <c r="H114" s="51">
+        <v>61244643</v>
+      </c>
+      <c r="I114" s="50" t="s">
+        <v>382</v>
+      </c>
+      <c r="J114" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K114" s="50" t="s">
+        <v>383</v>
+      </c>
+      <c r="L114" s="25" t="s">
+        <v>384</v>
+      </c>
+      <c r="M114" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N114" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O114" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P114" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q114" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R114" s="49"/>
+    </row>
+    <row r="115" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A115" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B115" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C115" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D115" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E115" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F115" s="48" t="s">
+        <v>378</v>
+      </c>
+      <c r="G115" s="50">
+        <v>9119</v>
+      </c>
+      <c r="H115" s="51">
+        <v>58911219</v>
+      </c>
+      <c r="I115" s="50" t="s">
+        <v>321</v>
+      </c>
+      <c r="J115" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K115" s="50" t="s">
+        <v>379</v>
+      </c>
+      <c r="L115" s="25" t="s">
+        <v>380</v>
+      </c>
+      <c r="M115" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N115" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O115" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P115" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q115" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R115" s="49"/>
+    </row>
+    <row r="116" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A116" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B116" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C116" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D116" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E116" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F116" s="48" t="s">
+        <v>367</v>
+      </c>
+      <c r="G116" s="50">
+        <v>9231</v>
+      </c>
+      <c r="H116" s="51">
+        <v>24184798</v>
+      </c>
+      <c r="I116" s="50" t="s">
+        <v>368</v>
+      </c>
+      <c r="J116" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K116" s="50" t="s">
+        <v>369</v>
+      </c>
+      <c r="L116" s="25" t="s">
+        <v>370</v>
+      </c>
+      <c r="M116" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N116" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O116" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P116" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q116" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R116" s="49"/>
+    </row>
+    <row r="117" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A117" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B117" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C117" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D117" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E117" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F117" s="48" t="s">
+        <v>371</v>
+      </c>
+      <c r="G117" s="50">
+        <v>9539</v>
+      </c>
+      <c r="H117" s="51">
+        <v>34265034</v>
+      </c>
+      <c r="I117" s="50" t="s">
+        <v>685</v>
+      </c>
+      <c r="J117" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="50" t="s">
+        <v>372</v>
+      </c>
+      <c r="L117" s="25" t="s">
+        <v>373</v>
+      </c>
+      <c r="M117" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N117" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O117" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P117" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q117" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R117" s="49"/>
+    </row>
+    <row r="118" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A118" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B118" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C118" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D118" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E118" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F118" s="48" t="s">
+        <v>374</v>
+      </c>
+      <c r="G118" s="50">
+        <v>9592</v>
+      </c>
+      <c r="H118" s="51">
+        <v>53781112</v>
+      </c>
+      <c r="I118" s="50" t="s">
+        <v>375</v>
+      </c>
+      <c r="J118" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K118" s="50" t="s">
+        <v>376</v>
+      </c>
+      <c r="L118" s="25" t="s">
+        <v>377</v>
+      </c>
+      <c r="M118" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N118" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O118" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P118" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q118" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R118" s="49"/>
+    </row>
+    <row r="119" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A119" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C119" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D119" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E119" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F119" s="48" t="s">
+        <v>347</v>
+      </c>
+      <c r="G119" s="50">
+        <v>9713</v>
+      </c>
+      <c r="H119" s="51">
+        <v>61499676</v>
+      </c>
+      <c r="I119" s="50" t="s">
+        <v>321</v>
+      </c>
+      <c r="J119" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="50" t="s">
+        <v>348</v>
+      </c>
+      <c r="L119" s="25" t="s">
+        <v>349</v>
+      </c>
+      <c r="M119" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N119" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O119" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P119" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q119" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R119" s="49"/>
+    </row>
+    <row r="120" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A120" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B120" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C120" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D120" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E120" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="F120" s="48" t="s">
+        <v>358</v>
+      </c>
+      <c r="G120" s="50">
+        <v>9717</v>
+      </c>
+      <c r="H120" s="51">
+        <v>860776104</v>
+      </c>
+      <c r="I120" s="50" t="s">
+        <v>359</v>
+      </c>
+      <c r="J120" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="50" t="s">
+        <v>360</v>
+      </c>
+      <c r="L120" s="25" t="s">
+        <v>361</v>
+      </c>
+      <c r="M120" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N120" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O120" s="26" t="s">
+        <v>352</v>
+      </c>
+      <c r="P120" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q120" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R120" s="49"/>
+    </row>
+    <row r="121" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A121" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B121" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C121" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D121" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E121" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="F121" s="48" t="s">
+        <v>353</v>
+      </c>
+      <c r="G121" s="50" t="s">
+        <v>354</v>
+      </c>
+      <c r="H121" s="51">
+        <v>85246506</v>
+      </c>
+      <c r="I121" s="50" t="s">
+        <v>355</v>
+      </c>
+      <c r="J121" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="50" t="s">
+        <v>356</v>
+      </c>
+      <c r="L121" s="25" t="s">
+        <v>357</v>
+      </c>
+      <c r="M121" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N121" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O121" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="P121" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q121" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R121" s="49"/>
+    </row>
+    <row r="122" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A122" s="25" t="s">
+        <v>687</v>
+      </c>
+      <c r="B122" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C122" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="D122" s="25" t="s">
+        <v>673</v>
+      </c>
+      <c r="E122" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="F122" s="48" t="s">
+        <v>362</v>
+      </c>
+      <c r="G122" s="50" t="s">
+        <v>363</v>
+      </c>
+      <c r="H122" s="51">
+        <v>24248582</v>
+      </c>
+      <c r="I122" s="50" t="s">
+        <v>364</v>
+      </c>
+      <c r="J122" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K122" s="50" t="s">
+        <v>365</v>
+      </c>
+      <c r="L122" s="25" t="s">
+        <v>366</v>
+      </c>
+      <c r="M122" s="48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N122" s="48" t="s">
+        <v>351</v>
+      </c>
+      <c r="O122" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="P122" s="27" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q122" s="31" t="s">
+        <v>321</v>
+      </c>
+      <c r="R122" s="49"/>
+    </row>
+    <row r="123" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A123" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B123" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C123" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D123" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E123" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="F123" s="41" t="s">
+        <v>666</v>
+      </c>
+      <c r="G123" s="43" t="s">
+        <v>664</v>
+      </c>
+      <c r="H123" s="44">
+        <v>61499404</v>
+      </c>
+      <c r="I123" s="43" t="s">
+        <v>678</v>
+      </c>
+      <c r="J123" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K123" s="41" t="s">
+        <v>679</v>
+      </c>
+      <c r="L123" s="41" t="s">
+        <v>680</v>
+      </c>
+      <c r="M123" s="46" t="s">
+        <v>350</v>
+      </c>
+      <c r="N123" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="O123" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="P123" s="41" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q123" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R123" s="41"/>
+    </row>
+    <row r="124" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B124" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C124" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D124" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E124" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F124" s="41" t="s">
+        <v>695</v>
+      </c>
+      <c r="G124" s="43">
+        <v>320</v>
+      </c>
+      <c r="H124" s="44" t="s">
+        <v>709</v>
+      </c>
+      <c r="I124" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J124" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K124" s="52" t="s">
+        <v>716</v>
+      </c>
+      <c r="L124" s="41" t="s">
+        <v>702</v>
+      </c>
+      <c r="M124" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N124" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O124" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P124" s="52" t="s">
+        <v>777</v>
+      </c>
+      <c r="Q124" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R124" s="12"/>
+    </row>
+    <row r="125" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B125" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C125" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D125" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E125" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F125" s="41" t="s">
+        <v>696</v>
+      </c>
+      <c r="G125" s="43">
+        <v>321</v>
+      </c>
+      <c r="H125" s="44" t="s">
+        <v>710</v>
+      </c>
+      <c r="I125" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J125" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K125" s="52" t="s">
+        <v>717</v>
+      </c>
+      <c r="L125" s="41" t="s">
+        <v>703</v>
+      </c>
+      <c r="M125" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N125" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O125" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P125" s="52" t="s">
+        <v>778</v>
+      </c>
+      <c r="Q125" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R125" s="12"/>
+    </row>
+    <row r="126" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B126" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C126" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D126" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E126" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F126" s="41" t="s">
+        <v>697</v>
+      </c>
+      <c r="G126" s="43">
+        <v>322</v>
+      </c>
+      <c r="H126" s="44" t="s">
+        <v>711</v>
+      </c>
+      <c r="I126" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J126" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K126" s="52" t="s">
+        <v>718</v>
+      </c>
+      <c r="L126" s="41" t="s">
+        <v>704</v>
+      </c>
+      <c r="M126" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N126" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O126" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P126" s="52" t="s">
+        <v>779</v>
+      </c>
+      <c r="Q126" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R126" s="12"/>
+    </row>
+    <row r="127" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B127" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C127" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D127" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E127" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F127" s="41" t="s">
+        <v>698</v>
+      </c>
+      <c r="G127" s="43">
+        <v>323</v>
+      </c>
+      <c r="H127" s="44" t="s">
+        <v>712</v>
+      </c>
+      <c r="I127" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J127" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K127" s="52" t="s">
+        <v>719</v>
+      </c>
+      <c r="L127" s="41" t="s">
+        <v>705</v>
+      </c>
+      <c r="M127" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N127" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O127" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P127" s="52" t="s">
+        <v>780</v>
+      </c>
+      <c r="Q127" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R127" s="12"/>
+    </row>
+    <row r="128" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B128" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C128" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D128" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E128" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F128" s="41" t="s">
+        <v>699</v>
+      </c>
+      <c r="G128" s="43">
+        <v>324</v>
+      </c>
+      <c r="H128" s="44" t="s">
+        <v>713</v>
+      </c>
+      <c r="I128" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J128" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K128" s="52" t="s">
+        <v>720</v>
+      </c>
+      <c r="L128" s="41" t="s">
+        <v>706</v>
+      </c>
+      <c r="M128" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N128" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O128" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P128" s="52" t="s">
+        <v>781</v>
+      </c>
+      <c r="Q128" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R128" s="12"/>
+    </row>
+    <row r="129" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B129" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C129" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D129" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E129" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F129" s="41" t="s">
+        <v>700</v>
+      </c>
+      <c r="G129" s="43">
+        <v>325</v>
+      </c>
+      <c r="H129" s="44" t="s">
+        <v>714</v>
+      </c>
+      <c r="I129" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J129" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K129" s="52" t="s">
+        <v>721</v>
+      </c>
+      <c r="L129" s="41" t="s">
+        <v>707</v>
+      </c>
+      <c r="M129" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N129" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O129" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P129" s="52" t="s">
+        <v>782</v>
+      </c>
+      <c r="Q129" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R129" s="12"/>
+    </row>
+    <row r="130" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B130" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C130" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D130" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E130" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F130" s="41" t="s">
+        <v>701</v>
+      </c>
+      <c r="G130" s="43">
+        <v>326</v>
+      </c>
+      <c r="H130" s="44" t="s">
+        <v>715</v>
+      </c>
+      <c r="I130" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J130" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K130" s="52" t="s">
+        <v>722</v>
+      </c>
+      <c r="L130" s="41" t="s">
+        <v>708</v>
+      </c>
+      <c r="M130" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="N130" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O130" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P130" s="52" t="s">
+        <v>783</v>
+      </c>
+      <c r="Q130" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R130" s="12"/>
+    </row>
+    <row r="131" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B131" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C131" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D131" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E131" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="F131" s="41" t="s">
+        <v>727</v>
+      </c>
+      <c r="G131" s="43">
+        <v>9594</v>
+      </c>
+      <c r="H131" s="44">
+        <v>53781147</v>
+      </c>
+      <c r="I131" s="44" t="s">
+        <v>728</v>
+      </c>
+      <c r="J131" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K131" s="52" t="s">
+        <v>729</v>
+      </c>
+      <c r="L131" s="41" t="s">
+        <v>730</v>
+      </c>
+      <c r="M131" s="46" t="s">
+        <v>350</v>
+      </c>
+      <c r="N131" s="41" t="s">
+        <v>731</v>
+      </c>
+      <c r="O131" s="41" t="s">
+        <v>352</v>
+      </c>
+      <c r="P131" s="52" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q131" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R131" s="12"/>
+    </row>
+    <row r="132" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="B132" s="25" t="s">
         <v>798</v>
       </c>
-      <c r="L1" s="8"/>
-[...360 lines deleted...]
-      <c r="M8" s="16" t="s">
+      <c r="C132" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="D132" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="E132" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F132" s="41" t="s">
+        <v>799</v>
+      </c>
+      <c r="G132" s="43">
+        <v>9778</v>
+      </c>
+      <c r="H132" s="44" t="s">
+        <v>803</v>
+      </c>
+      <c r="I132" s="44" t="s">
+        <v>321</v>
+      </c>
+      <c r="J132" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K132" s="52" t="s">
+        <v>801</v>
+      </c>
+      <c r="L132" s="41" t="s">
+        <v>800</v>
+      </c>
+      <c r="M132" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="N8" s="16" t="s">
+      <c r="N132" s="41" t="s">
         <v>50</v>
       </c>
-      <c r="O8" s="16" t="s">
-[...6527 lines deleted...]
-      </c>
+      <c r="O132" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P132" s="52" t="s">
+        <v>802</v>
+      </c>
+      <c r="Q132" s="43" t="s">
+        <v>321</v>
+      </c>
+      <c r="R132" s="12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A2:R131" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q123">
     <sortCondition ref="O3:O123"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="L36" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="L25:L28" r:id="rId2" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="L17" r:id="rId3" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="L20" r:id="rId4" display="Fortum.SE8022@bscs.basware.com" xr:uid="{2609494D-893C-4F5A-B28C-BCB9E09FF682}"/>
     <hyperlink ref="L22" r:id="rId5" xr:uid="{BE6A7A34-C313-4260-B548-4D2461CEE851}"/>
     <hyperlink ref="L24" r:id="rId6" xr:uid="{A9C0E973-D6FB-4DAB-98C8-51816FB29D88}"/>
     <hyperlink ref="L23" r:id="rId7" xr:uid="{B5B353D7-59FB-4654-BD05-4B86073A0E96}"/>
     <hyperlink ref="L25" r:id="rId8" xr:uid="{081B06E7-E1AF-4579-AD9D-1737C112807D}"/>
     <hyperlink ref="L42:L45" r:id="rId9" display="Fortum.FI984@bscs.basware.com" xr:uid="{E62718B8-2A77-467C-8DF6-C35412F7EF94}"/>
     <hyperlink ref="L26" r:id="rId10" xr:uid="{22E5CB82-26A3-4E81-A5C5-BE938D163426}"/>
     <hyperlink ref="L27" r:id="rId11" xr:uid="{32C0B7B1-2648-44F6-A8E2-DA0893CB3D6E}"/>
     <hyperlink ref="L28" r:id="rId12" xr:uid="{14185983-1070-43E8-B91D-5B194E266AA5}"/>
     <hyperlink ref="L29" r:id="rId13" xr:uid="{A38C2184-49C7-47C7-87D3-E1799F781DC4}"/>
     <hyperlink ref="L31" r:id="rId14" display="Fortum.FI984@bscs.basware.com" xr:uid="{9CBD2004-28A7-4B64-9AA0-1AE78705E520}"/>
     <hyperlink ref="L30" r:id="rId15" display="Fortum.FI984@bscs.basware.com" xr:uid="{878A074E-7514-4698-976D-61CFBFA90104}"/>
     <hyperlink ref="L16" r:id="rId16" xr:uid="{86C7602B-1930-4429-8CFD-BFB975BF057B}"/>
@@ -10061,139 +10292,196 @@
     <hyperlink ref="L66" r:id="rId22" xr:uid="{7A1D47FB-287F-490F-84BB-F7501EFD59C4}"/>
     <hyperlink ref="L67" r:id="rId23" display="Fortum.SE8022@bscs.basware.com" xr:uid="{43D019F4-DB62-4C3D-99A5-28ADA6D6673C}"/>
     <hyperlink ref="L68" r:id="rId24" display="Fortum.SE8022@bscs.basware.com" xr:uid="{7CB4AB06-5324-4592-985C-975A9FE5AA44}"/>
     <hyperlink ref="L5" r:id="rId25" xr:uid="{87643416-B347-40B8-BE93-C456B0A8EC0A}"/>
     <hyperlink ref="L65" r:id="rId26" xr:uid="{A5A8D83A-1BF0-479E-BF30-3BF82C07B692}"/>
     <hyperlink ref="L119" r:id="rId27" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{01A48FA6-AB59-4E5F-BADE-84356F880B77}"/>
     <hyperlink ref="L121" r:id="rId28" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{33F8E4A3-31D6-4538-9EDA-28FD0871E2DD}"/>
     <hyperlink ref="L120" r:id="rId29" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{AA062BEE-299C-49AC-B862-267F8A72D86A}"/>
     <hyperlink ref="L122" r:id="rId30" display="mailto:Fortum.NL9463A@bscs.basware.com" xr:uid="{C8E3CEF0-1D1C-4F95-BE51-5F383951BA0C}"/>
     <hyperlink ref="L116" r:id="rId31" display="mailto:Fortum.NL9231@bscs.basware.com" xr:uid="{C5304346-B7D4-4643-B6C3-15F4DBD4664F}"/>
     <hyperlink ref="L117" r:id="rId32" display="mailto:Fortum.NL9539@bscs.basware.com" xr:uid="{FE6FFA21-8301-422C-B449-C875AEE56F74}"/>
     <hyperlink ref="L118" r:id="rId33" display="mailto:Fortum.NL9592@bscs.basware.com" xr:uid="{75197F9F-D74D-441B-9876-CD22258F6D2A}"/>
     <hyperlink ref="L115" r:id="rId34" display="mailto:Fortum.NL9119@bscs.basware.com" xr:uid="{1EB93263-6CB7-4F7C-A8E9-7B19A5C84310}"/>
     <hyperlink ref="L114" r:id="rId35" display="mailto:Fortum.NL9118@bscs.basware.com" xr:uid="{EB3C3E5E-0699-46A3-AF4B-E845C58F6037}"/>
     <hyperlink ref="L4" r:id="rId36" display="Fortum.SE8022@bscs.basware.com" xr:uid="{D5126090-21F4-491F-B611-D78136227D7D}"/>
     <hyperlink ref="L3" r:id="rId37" display="Fortum.SE8022@bscs.basware.com" xr:uid="{3BEA6F90-234F-4D26-9A73-91D7C1C91B63}"/>
     <hyperlink ref="L124" r:id="rId38" xr:uid="{B919A6C9-4CE7-4A70-994C-90FF3934A1D6}"/>
     <hyperlink ref="L125:L130" r:id="rId39" display="Fortum.FI320@bscs.basware.com" xr:uid="{7894082D-D1BC-48C1-9D71-CA53DF2FEC21}"/>
     <hyperlink ref="L125" r:id="rId40" xr:uid="{1594C931-378E-4F87-830A-1C09C8EE8071}"/>
     <hyperlink ref="L126" r:id="rId41" xr:uid="{0169712D-6BF1-4D1B-B53B-43A8C4D92636}"/>
     <hyperlink ref="L127" r:id="rId42" xr:uid="{C7B21F2B-4190-4542-B0EB-61C46E52F7A3}"/>
     <hyperlink ref="L128" r:id="rId43" xr:uid="{71878C20-6CA0-4561-8755-2647D31D0B17}"/>
     <hyperlink ref="L129" r:id="rId44" xr:uid="{6DF4D27B-2455-4BCF-BCAD-383ACDBBDF96}"/>
     <hyperlink ref="L130" r:id="rId45" xr:uid="{15FDE23E-0B93-4996-BE9E-0A4650019D1B}"/>
     <hyperlink ref="L131" r:id="rId46" display="Fortum.FI320@bscs.basware.com" xr:uid="{1735A3A0-F3CF-4291-A4B3-A4B9CEB4F35B}"/>
+    <hyperlink ref="L132" r:id="rId47" display="Fortum.FI320@bscs.basware.com" xr:uid="{E32AA076-968E-499B-BBDA-0221C160EE0C}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId47"/>
+  <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId48"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
-  <legacyDrawingHF r:id="rId48"/>
+  <legacyDrawingHF r:id="rId49"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Version_x0028_date_x0029_ xmlns="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e">26.09.2025</Version_x0028_date_x0029_>
+    <SharedWithUsers xmlns="770becf3-6f9f-49dc-889e-163a7a67894a">
+      <UserInfo>
+        <DisplayName>Simomaa Anne</DisplayName>
+        <AccountId>409</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Rautuoja Merja</DisplayName>
+        <AccountId>177</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Näyhö Sami</DisplayName>
+        <AccountId>2230</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Merilä Kirsi</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lahtinen Mika (Finitec)</DisplayName>
+        <AccountId>7453</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Väisänen Liisa</DisplayName>
+        <AccountId>27</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005566AF088BEF044FA5ACB9A01F27E072" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="037e13e335cef0d5f6188181a632eca3">
-[...1 lines deleted...]
-    <xsd:import namespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000413AD5A36585645ACCBB1E93CBF8258" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7b7f2fbbf492f4e440785fe802c087e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="770becf3-6f9f-49dc-889e-163a7a67894a" xmlns:ns3="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61a39f3480ff9deba6b3f1fb62898f66" ns2:_="" ns3:_="">
+    <xsd:import namespace="770becf3-6f9f-49dc-889e-163a7a67894a"/>
+    <xsd:import namespace="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:Version_x0028_date_x0029_" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="770becf3-6f9f-49dc-889e-163a7a67894a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
-      </xsd:simpleType>
-[...5 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -10255,79 +10543,81 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{707D489D-F98A-4107-ADAD-06884F9C6359}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
+    <ds:schemaRef ds:uri="770becf3-6f9f-49dc-889e-163a7a67894a"/>
+    <ds:schemaRef ds:uri="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3A5FFB-3245-4E2C-980D-9BF4EF8910E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE74ACC0-AB01-4794-A12E-0AC74142E662}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCFD1D71-E798-4114-9901-DF1BE5E1B0A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
+    <ds:schemaRef ds:uri="770becf3-6f9f-49dc-889e-163a7a67894a"/>
+    <ds:schemaRef ds:uri="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -10347,51 +10637,51 @@
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Fortum Invoicing Addresses</dc:title>
   <dc:subject/>
   <dc:creator>Vaisanen Liisa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5a2048c6-cbfe-44da-a6c9-effa9b236170</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101005566AF088BEF044FA5ACB9A01F27E072</vt:lpwstr>
+    <vt:lpwstr>0x0101000413AD5A36585645ACCBB1E93CBF8258</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="FortumDMConfidentiality">
     <vt:lpwstr>4;#Confidential|44fcd3a7-acf2-4fc0-ac52-c3252f32fb55</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="FortumDMLanguage">
     <vt:lpwstr>1;#English|12852c0e-37d4-4e68-ae4e-401350283c82</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="FortumDMLocation">
     <vt:lpwstr>2;#All locations|ac8d8c4f-a8c5-4edc-9a49-eab022eafc49</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="AuthorIds_UIVersion_10240">
     <vt:lpwstr>29</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>7900</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>