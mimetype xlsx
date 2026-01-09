--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum.sharepoint.com/sites/fpscustomerportal/SourcetoPay  originals and working files/Invoicing addresses/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum-my.sharepoint.com/personal/kirsi_merila_fortum_com/Documents/Työjutut/2025/Internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{61C967F5-700D-4230-B164-5108FEF41C45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CD2129E-1D28-4A79-B073-D9AC6EB26840}"/>
+  <xr:revisionPtr revIDLastSave="3" documentId="14_{88265344-789F-439A-AE4B-CF59CFFDDD2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6F971E7A-1E27-406D-A947-588A45B2FB74}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ALL companies" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$131</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$128</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2094" uniqueCount="804">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2047" uniqueCount="787">
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company no.</t>
   </si>
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>VAT number</t>
   </si>
   <si>
     <t>e-Invoice operator 
 Basware</t>
   </si>
   <si>
     <t>e-Invoice address</t>
   </si>
   <si>
     <t>eMail address for PDF-invoice</t>
   </si>
   <si>
     <t>Post address</t>
   </si>
@@ -180,62 +180,50 @@
   <si>
     <t>00026 BASWARE</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Fortum Battery Recycling Oy</t>
   </si>
   <si>
     <t>2000019-8</t>
   </si>
   <si>
     <t>FI20000198</t>
   </si>
   <si>
     <t>003720000198347</t>
   </si>
   <si>
     <t>Fortum.FI347@bscs.basware.com</t>
   </si>
   <si>
     <t>PL 1199</t>
   </si>
   <si>
-    <t>Fortum Norm Oy</t>
-[...10 lines deleted...]
-  <si>
     <t>PL 100</t>
   </si>
   <si>
     <t>00048 FORTUM</t>
   </si>
   <si>
     <t>Fortum Power and Heat Holding Oy</t>
   </si>
   <si>
     <t xml:space="preserve">2481332-1 </t>
   </si>
   <si>
     <t xml:space="preserve">FI24813321 </t>
   </si>
   <si>
     <t>003724813321361</t>
   </si>
   <si>
     <t>Fortum.FI361@bscs.basware.com</t>
   </si>
   <si>
     <t>Närpes Vindkraft Ab/Oy</t>
   </si>
   <si>
     <t>2481338-0</t>
@@ -987,65 +975,50 @@
   <si>
     <t>Franziusstraße 2</t>
   </si>
   <si>
     <t>40219 Düsseldorf</t>
   </si>
   <si>
     <t>Fortum Service Deutschland GmbH</t>
   </si>
   <si>
     <t>DE205183471</t>
   </si>
   <si>
     <t>DE2051834719471</t>
   </si>
   <si>
     <t>Fortum.DE9471@bscs.basware.com</t>
   </si>
   <si>
     <t>Breite Straße 3</t>
   </si>
   <si>
     <t>40213 Düsseldorf</t>
   </si>
   <si>
-    <t>SALWAL Energie GmbH</t>
-[...13 lines deleted...]
-  <si>
     <t>MAWAL Energie GmbH</t>
   </si>
   <si>
     <t>HRB97817</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>DEHRB978179727</t>
   </si>
   <si>
     <t>Fortum.DE9727@bscs.basware.com</t>
   </si>
   <si>
     <t>Fortum India Pvt. Ltd</t>
   </si>
   <si>
     <t>U40101DL2012FTC241791</t>
   </si>
   <si>
     <t>Fortum.IN9120@bscs.basware.com</t>
   </si>
   <si>
     <t>Building 5 (Epitome), Level 7, Tower A, DLF Cyber City Complex</t>
@@ -1479,68 +1452,50 @@
   <si>
     <t>Fortum Sprzedaż Sp. z o.o.</t>
   </si>
   <si>
     <t>PL 7010367616</t>
   </si>
   <si>
     <t>PL70103676169866</t>
   </si>
   <si>
     <t>Fortum.PL9866@bscs.basware.com</t>
   </si>
   <si>
     <t>ul Domaniewska 39a</t>
   </si>
   <si>
     <t>02-672 Warszawa</t>
   </si>
   <si>
     <t>107 76 Stockholm</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>Fortum Fastigheter AB</t>
-[...16 lines deleted...]
-  <si>
     <t>Fortum Sweden AB</t>
   </si>
   <si>
     <t>556478-9674</t>
   </si>
   <si>
     <t>SE556478967401</t>
   </si>
   <si>
     <t>000755647896749434</t>
   </si>
   <si>
     <t>Fortum.SE9434@bscs.basware.com</t>
   </si>
   <si>
     <t>FE 225</t>
   </si>
   <si>
     <t>0007:5564789674</t>
   </si>
   <si>
     <t>Fortum 1 AB</t>
   </si>
   <si>
     <t>556746-3087</t>
@@ -2005,53 +1960,50 @@
     <t>Fortum.GB9422@bscs.basware.com</t>
   </si>
   <si>
     <t>PO Box 444, MITCHELDEAN, GL14 9LE, United Kingdom</t>
   </si>
   <si>
     <t>Fortum Ratcliffe Ltd</t>
   </si>
   <si>
     <t>GB139227789857</t>
   </si>
   <si>
     <t>Fortum.GB9857@bscs.basware.com</t>
   </si>
   <si>
     <t>IVO Energy Ltd</t>
   </si>
   <si>
     <t>GB23469709253</t>
   </si>
   <si>
     <t>Fortum.GB9253@bscs.basware.com</t>
   </si>
   <si>
     <t>000755654906788019E</t>
-  </si>
-[...1 lines deleted...]
-    <t>Breite Straße 3   c/o Fortum Service Deutschland GmbH</t>
   </si>
   <si>
     <t>Industriestr. 48 c/o Fortum Batterie Recycling GmbH</t>
   </si>
   <si>
     <t>FR1453288262800011</t>
   </si>
   <si>
     <t>Postal number</t>
   </si>
   <si>
     <t>Peppol ID (e-invoice address)</t>
   </si>
   <si>
     <t>9930:DE968739725</t>
   </si>
   <si>
     <t>9930:DE978179727</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Fortum Sverige AB, </t>
     </r>
     <r>
       <rPr>
@@ -2148,53 +2100,50 @@
   <si>
     <t>Shannon, Co. Clare, V14 E370</t>
   </si>
   <si>
     <t>Status P2P</t>
   </si>
   <si>
     <t>Status Codebox</t>
   </si>
   <si>
     <t>Valid</t>
   </si>
   <si>
     <t>NL853234346B01</t>
   </si>
   <si>
     <t>FI31943896</t>
   </si>
   <si>
     <t>Active</t>
   </si>
   <si>
     <t>Not available</t>
   </si>
   <si>
-    <t>0007:5565291258</t>
-[...1 lines deleted...]
-  <si>
     <t>0007:5567463087</t>
   </si>
   <si>
     <t>0007:5593137309</t>
   </si>
   <si>
     <t>0007:5593851958</t>
   </si>
   <si>
     <t>0007:5591020101</t>
   </si>
   <si>
     <t>5591020101</t>
   </si>
   <si>
     <t xml:space="preserve">Fortum Tuuli ja Aurinko Oy </t>
   </si>
   <si>
     <t xml:space="preserve">Lehtivuoret Wind Farm Oy </t>
   </si>
   <si>
     <t xml:space="preserve">Sikokangas Wind Farm Oy </t>
   </si>
   <si>
     <t xml:space="preserve">Kurikka Energy Oy </t>
@@ -2291,53 +2240,50 @@
       <t xml:space="preserve">    </t>
     </r>
   </si>
   <si>
     <t>Comment</t>
   </si>
   <si>
     <t>India Sun B.V.</t>
   </si>
   <si>
     <t>NL8510 15 025 B01</t>
   </si>
   <si>
     <t>NL537811479594</t>
   </si>
   <si>
     <t>Fortum.NL9594@bscs.basware.com</t>
   </si>
   <si>
     <t>4822NK Breda</t>
   </si>
   <si>
     <t>0216:003720000198347</t>
   </si>
   <si>
-    <t>0216:003724813364360</t>
-[...1 lines deleted...]
-  <si>
     <t>0216:003724813321361</t>
   </si>
   <si>
     <t>0216:003724813380362</t>
   </si>
   <si>
     <t>0216:003726918637367</t>
   </si>
   <si>
     <t>0216:003731938173368</t>
   </si>
   <si>
     <t>0216:003732568717369</t>
   </si>
   <si>
     <t>0216:003718523280381</t>
   </si>
   <si>
     <t>0216:003726797847389</t>
   </si>
   <si>
     <t>0216:003719511716391</t>
   </si>
   <si>
     <t>0216:003726043631971</t>
@@ -2483,69 +2429,72 @@
   <si>
     <t>C/O Accura Advokatparnterselskab, Alexandriagade 8</t>
   </si>
   <si>
     <t>2150 Nordhavn</t>
   </si>
   <si>
     <t>Rue de la Science 14 A</t>
   </si>
   <si>
     <t>1040 Brussels</t>
   </si>
   <si>
     <t>0007:5560068230</t>
   </si>
   <si>
     <t>42 rue Cambronne, Immeuble PONG</t>
   </si>
   <si>
     <t>75015 Paris</t>
   </si>
   <si>
     <t>0007:5565490678</t>
   </si>
   <si>
-    <t>Updated 6.11.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>Fortum Tuulivoima Oy</t>
   </si>
   <si>
     <t>Fortum.FI9778@bscs.basware.com</t>
   </si>
   <si>
     <t>0037327087089778</t>
   </si>
   <si>
     <t>0216:0037327087089778</t>
   </si>
   <si>
     <t>3270870-8</t>
+  </si>
+  <si>
+    <t>Updated 18.12.2025</t>
+  </si>
+  <si>
+    <t>0208:0726813377, 9925:BE0726813377</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2651,51 +2600,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2778,50 +2727,71 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="5" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -3111,7377 +3081,7150 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IE9114@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9530@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:R132"/>
+  <dimension ref="A1:R129"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A111" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F1" sqref="A1:R132"/>
+      <pane ySplit="2" topLeftCell="A102" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F106" sqref="F106"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="18" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="10" customWidth="1"/>
     <col min="3" max="3" width="16.109375" style="10" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" style="10" customWidth="1"/>
     <col min="5" max="5" width="14" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.6640625" customWidth="1"/>
     <col min="7" max="7" width="11.109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.109375" style="9" customWidth="1"/>
     <col min="9" max="9" width="19.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.88671875" customWidth="1"/>
     <col min="11" max="11" width="19.33203125" customWidth="1"/>
     <col min="12" max="12" width="31.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.88671875" style="6" customWidth="1"/>
     <col min="14" max="14" width="41.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="27.109375" customWidth="1"/>
     <col min="17" max="17" width="13.33203125" style="1" customWidth="1"/>
     <col min="18" max="18" width="33" style="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="13"/>
       <c r="F1" s="14"/>
       <c r="G1" s="15"/>
       <c r="H1" s="16"/>
       <c r="I1" s="17"/>
       <c r="J1" s="18"/>
       <c r="K1" s="17" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c r="L1" s="19"/>
       <c r="M1" s="20"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" s="2" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="21" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="B2" s="21" t="s">
-        <v>682</v>
+        <v>666</v>
       </c>
       <c r="C2" s="21" t="s">
-        <v>667</v>
+        <v>651</v>
       </c>
       <c r="D2" s="21" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="22" t="s">
         <v>0</v>
       </c>
       <c r="G2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="I2" s="22" t="s">
         <v>3</v>
       </c>
       <c r="J2" s="22" t="s">
         <v>4</v>
       </c>
       <c r="K2" s="22" t="s">
         <v>5</v>
       </c>
       <c r="L2" s="21" t="s">
         <v>6</v>
       </c>
       <c r="M2" s="21" t="s">
         <v>7</v>
       </c>
       <c r="N2" s="21" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="O2" s="21" t="s">
         <v>8</v>
       </c>
       <c r="P2" s="22" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="Q2" s="22" t="s">
         <v>9</v>
       </c>
       <c r="R2" s="24" t="s">
-        <v>726</v>
+        <v>709</v>
       </c>
     </row>
     <row r="3" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B3" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C3" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D3" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="27" t="s">
-        <v>788</v>
+        <v>770</v>
       </c>
       <c r="G3" s="26" t="s">
         <v>11</v>
       </c>
       <c r="H3" s="28" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J3" s="29" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="30" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="25" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="26" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
       <c r="N3" s="26" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="O3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="P3" s="27" t="s">
-        <v>321</v>
+        <v>786</v>
       </c>
       <c r="Q3" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R3" s="31"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C4" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D4" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="27" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="26">
         <v>9849</v>
       </c>
       <c r="H4" s="28">
         <v>38998099</v>
       </c>
       <c r="I4" s="26" t="s">
         <v>19</v>
       </c>
       <c r="J4" s="29" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="30" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="25" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="26" t="s">
-        <v>789</v>
+        <v>771</v>
       </c>
       <c r="N4" s="26" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="O4" s="26" t="s">
         <v>22</v>
       </c>
       <c r="P4" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q4" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R4" s="31"/>
     </row>
     <row r="5" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C5" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E5" s="26" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="25" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="26">
         <v>9530</v>
       </c>
       <c r="H5" s="28">
         <v>11332573</v>
       </c>
       <c r="I5" s="26" t="s">
         <v>24</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="29" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="25" t="s">
         <v>26</v>
       </c>
       <c r="M5" s="26" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="26" t="s">
         <v>28</v>
       </c>
       <c r="O5" s="26" t="s">
         <v>29</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>30</v>
       </c>
       <c r="Q5" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R5" s="31"/>
     </row>
     <row r="6" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B6" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D6" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E6" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="25" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="26">
         <v>102</v>
       </c>
       <c r="H6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="26" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K6" s="32" t="s">
         <v>34</v>
       </c>
       <c r="L6" s="25" t="s">
         <v>35</v>
       </c>
       <c r="M6" s="26" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="25" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="Q6" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R6" s="31"/>
     </row>
     <row r="7" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C7" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D7" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E7" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="27" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="26">
         <v>347</v>
       </c>
       <c r="H7" s="28" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="26" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="29" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="30" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="26" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="27" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
       <c r="Q7" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R7" s="31"/>
     </row>
     <row r="8" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C8" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D8" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E8" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" s="26">
+        <v>361</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>48</v>
+      </c>
+      <c r="I8" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="J8" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="30" t="s">
+        <v>50</v>
+      </c>
+      <c r="L8" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="M8" s="26" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="26">
-[...2 lines deleted...]
-      <c r="H8" s="34" t="s">
+      <c r="N8" s="26" t="s">
         <v>46</v>
       </c>
-      <c r="I8" s="26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O8" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P8" s="25" t="s">
-        <v>733</v>
+        <v>716</v>
       </c>
       <c r="Q8" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R8" s="31"/>
     </row>
     <row r="9" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C9" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D9" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G9" s="26">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H9" s="34" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I9" s="26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K9" s="30" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L9" s="25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M9" s="26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N9" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O9" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P9" s="25" t="s">
-        <v>734</v>
+        <v>717</v>
       </c>
       <c r="Q9" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R9" s="31"/>
     </row>
-    <row r="10" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C10" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D10" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E10" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F10" s="25" t="s">
-[...5 lines deleted...]
-      <c r="H10" s="34" t="s">
+      <c r="F10" s="35" t="s">
         <v>57</v>
       </c>
+      <c r="G10" s="36">
+        <v>367</v>
+      </c>
+      <c r="H10" s="37" t="s">
+        <v>58</v>
+      </c>
       <c r="I10" s="26" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="K10" s="30" t="s">
         <v>59</v>
       </c>
+      <c r="J10" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="38" t="s">
+        <v>60</v>
+      </c>
       <c r="L10" s="25" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>61</v>
+      </c>
+      <c r="M10" s="36" t="s">
+        <v>45</v>
       </c>
       <c r="N10" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O10" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P10" s="25" t="s">
-        <v>735</v>
+      <c r="P10" s="35" t="s">
+        <v>718</v>
       </c>
       <c r="Q10" s="31" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>312</v>
+      </c>
+      <c r="R10" s="39"/>
+    </row>
+    <row r="11" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C11" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D11" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E11" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="35" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G11" s="36">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H11" s="37" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I11" s="26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K11" s="38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L11" s="25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M11" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N11" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O11" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P11" s="35" t="s">
-        <v>736</v>
+        <v>719</v>
       </c>
       <c r="Q11" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R11" s="39"/>
+        <v>312</v>
+      </c>
+      <c r="R11" s="31"/>
     </row>
     <row r="12" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C12" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D12" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E12" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G12" s="36">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H12" s="37" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I12" s="26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J12" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K12" s="38" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L12" s="25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M12" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N12" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O12" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P12" s="35" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="Q12" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R12" s="31"/>
     </row>
     <row r="13" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C13" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D13" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E13" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F13" s="35" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="37" t="s">
+      <c r="F13" s="25" t="s">
         <v>72</v>
       </c>
+      <c r="G13" s="26">
+        <v>381</v>
+      </c>
+      <c r="H13" s="28" t="s">
+        <v>73</v>
+      </c>
       <c r="I13" s="26" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="K13" s="38" t="s">
         <v>74</v>
       </c>
+      <c r="J13" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K13" s="32" t="s">
+        <v>75</v>
+      </c>
       <c r="L13" s="25" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>76</v>
+      </c>
+      <c r="M13" s="26" t="s">
+        <v>77</v>
       </c>
       <c r="N13" s="26" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="O13" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P13" s="35" t="s">
-        <v>738</v>
+      <c r="P13" s="25" t="s">
+        <v>721</v>
       </c>
       <c r="Q13" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R13" s="31"/>
     </row>
     <row r="14" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B14" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D14" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E14" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F14" s="25" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="G14" s="26">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="H14" s="28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I14" s="26" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J14" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K14" s="32" t="s">
-        <v>79</v>
+      <c r="K14" s="30" t="s">
+        <v>81</v>
       </c>
       <c r="L14" s="25" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M14" s="26" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="N14" s="26" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="O14" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P14" s="25" t="s">
-        <v>739</v>
+        <v>722</v>
       </c>
       <c r="Q14" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R14" s="31"/>
     </row>
     <row r="15" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C15" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D15" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="25" t="s">
-        <v>82</v>
+        <v>661</v>
       </c>
       <c r="G15" s="26">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H15" s="28" t="s">
         <v>83</v>
       </c>
       <c r="I15" s="26" t="s">
         <v>84</v>
       </c>
       <c r="J15" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K15" s="30" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="25" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="26" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
       <c r="N15" s="26" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="O15" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P15" s="25" t="s">
-        <v>740</v>
+        <v>723</v>
       </c>
       <c r="Q15" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R15" s="31"/>
     </row>
     <row r="16" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C16" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D16" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E16" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F16" s="25" t="s">
-        <v>677</v>
+      <c r="F16" s="27" t="s">
+        <v>88</v>
       </c>
       <c r="G16" s="26">
-        <v>391</v>
+        <v>971</v>
       </c>
       <c r="H16" s="28" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I16" s="26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J16" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K16" s="30" t="s">
-        <v>89</v>
+      <c r="K16" s="29" t="s">
+        <v>91</v>
       </c>
       <c r="L16" s="25" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M16" s="26" t="s">
-        <v>91</v>
+        <v>45</v>
       </c>
       <c r="N16" s="26" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="O16" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P16" s="25" t="s">
-        <v>741</v>
+      <c r="P16" s="27" t="s">
+        <v>724</v>
       </c>
       <c r="Q16" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R16" s="31"/>
     </row>
     <row r="17" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C17" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D17" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E17" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G17" s="26">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H17" s="28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I17" s="26" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J17" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K17" s="29" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L17" s="25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M17" s="26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N17" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O17" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P17" s="27" t="s">
-        <v>742</v>
+        <v>725</v>
       </c>
       <c r="Q17" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R17" s="31"/>
     </row>
     <row r="18" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C18" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D18" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E18" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="27" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G18" s="26">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="H18" s="28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I18" s="26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J18" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K18" s="29" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L18" s="25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M18" s="26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N18" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O18" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P18" s="27" t="s">
-        <v>743</v>
+      <c r="P18" s="25" t="s">
+        <v>726</v>
       </c>
       <c r="Q18" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R18" s="31"/>
     </row>
     <row r="19" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C19" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D19" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E19" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="27" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G19" s="26">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="H19" s="28" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I19" s="26" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      <c r="K19" s="29" t="s">
         <v>105</v>
       </c>
+      <c r="J19" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="30" t="s">
+        <v>106</v>
+      </c>
       <c r="L19" s="25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M19" s="26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N19" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O19" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P19" s="25" t="s">
-        <v>744</v>
+      <c r="P19" s="27" t="s">
+        <v>727</v>
       </c>
       <c r="Q19" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R19" s="31"/>
     </row>
     <row r="20" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C20" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D20" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E20" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F20" s="27" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="28" t="s">
+      <c r="F20" s="35" t="s">
+        <v>659</v>
+      </c>
+      <c r="G20" s="36">
+        <v>979</v>
+      </c>
+      <c r="H20" s="37" t="s">
         <v>108</v>
       </c>
-      <c r="I20" s="26" t="s">
+      <c r="I20" s="40" t="s">
         <v>109</v>
       </c>
-      <c r="J20" s="29" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="30" t="s">
+      <c r="J20" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="38" t="s">
         <v>110</v>
       </c>
-      <c r="L20" s="25" t="s">
+      <c r="L20" s="33" t="s">
         <v>111</v>
       </c>
-      <c r="M20" s="26" t="s">
-        <v>49</v>
+      <c r="M20" s="36" t="s">
+        <v>45</v>
       </c>
       <c r="N20" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O20" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P20" s="27" t="s">
-        <v>745</v>
+        <v>728</v>
       </c>
       <c r="Q20" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R20" s="31"/>
     </row>
     <row r="21" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C21" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D21" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E21" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F21" s="35" t="s">
-        <v>675</v>
+        <v>112</v>
       </c>
       <c r="G21" s="36">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="H21" s="37" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="I21" s="40" t="s">
         <v>113</v>
       </c>
+      <c r="I21" s="26" t="s">
+        <v>114</v>
+      </c>
       <c r="J21" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K21" s="38" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L21" s="33" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M21" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N21" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O21" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P21" s="27" t="s">
-        <v>746</v>
+        <v>729</v>
       </c>
       <c r="Q21" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R21" s="31"/>
     </row>
-    <row r="22" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="25" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C22" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D22" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E22" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="35" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G22" s="36">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H22" s="37" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I22" s="26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J22" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K22" s="38" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="L22" s="33" t="s">
         <v>120</v>
       </c>
+      <c r="L22" s="41" t="s">
+        <v>121</v>
+      </c>
       <c r="M22" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N22" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O22" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P22" s="27" t="s">
-[...7 lines deleted...]
-    <row r="23" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="P22" s="25" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q22" s="25" t="s">
+        <v>312</v>
+      </c>
+      <c r="R22" s="25"/>
+    </row>
+    <row r="23" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="25" t="s">
-        <v>688</v>
+        <v>671</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C23" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D23" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E23" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F23" s="35" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G23" s="36">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H23" s="37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I23" s="26" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J23" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K23" s="38" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="L23" s="41" t="s">
         <v>125</v>
       </c>
+      <c r="L23" s="33" t="s">
+        <v>126</v>
+      </c>
       <c r="M23" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N23" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O23" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P23" s="25" t="s">
-        <v>748</v>
-[...4 lines deleted...]
-      <c r="R23" s="25"/>
+        <v>731</v>
+      </c>
+      <c r="Q23" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="R23" s="31"/>
     </row>
     <row r="24" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C24" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D24" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E24" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F24" s="35" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G24" s="36">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="H24" s="37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I24" s="26" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J24" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K24" s="38" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L24" s="33" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M24" s="36" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N24" s="26" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O24" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P24" s="25" t="s">
-        <v>749</v>
+        <v>732</v>
       </c>
       <c r="Q24" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R24" s="31"/>
     </row>
-    <row r="25" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C25" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D25" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E25" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F25" s="35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G25" s="36">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H25" s="37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I25" s="26" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J25" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K25" s="38" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L25" s="33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M25" s="36" t="s">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="N25" s="26" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="O25" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P25" s="25" t="s">
-        <v>750</v>
+      <c r="P25" s="35" t="s">
+        <v>733</v>
       </c>
       <c r="Q25" s="31" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-    <row r="26" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>312</v>
+      </c>
+      <c r="R25" s="42"/>
+    </row>
+    <row r="26" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C26" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D26" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E26" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F26" s="35" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G26" s="36">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="H26" s="37" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I26" s="26" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="J26" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K26" s="38" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="L26" s="33" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M26" s="36" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N26" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O26" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P26" s="35" t="s">
-        <v>751</v>
+        <v>734</v>
       </c>
       <c r="Q26" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R26" s="42"/>
+        <v>312</v>
+      </c>
+      <c r="R26" s="31"/>
     </row>
     <row r="27" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C27" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D27" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E27" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F27" s="35" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="G27" s="36">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H27" s="37" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="I27" s="26" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J27" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K27" s="38" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="L27" s="33" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M27" s="36" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N27" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O27" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P27" s="35" t="s">
-        <v>752</v>
+        <v>735</v>
       </c>
       <c r="Q27" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R27" s="31"/>
     </row>
     <row r="28" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C28" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D28" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E28" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F28" s="35" t="s">
-        <v>148</v>
+        <v>660</v>
       </c>
       <c r="G28" s="36">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="H28" s="37" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I28" s="26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J28" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K28" s="38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L28" s="33" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M28" s="36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N28" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O28" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P28" s="35" t="s">
-        <v>753</v>
+      <c r="P28" s="27" t="s">
+        <v>736</v>
       </c>
       <c r="Q28" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R28" s="31"/>
     </row>
     <row r="29" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C29" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D29" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E29" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F29" s="35" t="s">
-        <v>676</v>
+        <v>155</v>
       </c>
       <c r="G29" s="36">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="H29" s="37" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I29" s="26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J29" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K29" s="38" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L29" s="33" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M29" s="36" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="N29" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O29" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P29" s="27" t="s">
-        <v>754</v>
+      <c r="P29" s="38" t="s">
+        <v>768</v>
       </c>
       <c r="Q29" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R29" s="31"/>
     </row>
     <row r="30" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C30" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D30" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E30" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F30" s="35" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G30" s="36">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="H30" s="37" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I30" s="26" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J30" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K30" s="38" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L30" s="33" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M30" s="36" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="N30" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O30" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P30" s="38" t="s">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="Q30" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R30" s="31"/>
     </row>
     <row r="31" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C31" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D31" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E31" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F31" s="35" t="s">
-[...6 lines deleted...]
-        <v>166</v>
+      <c r="F31" s="27" t="s">
+        <v>275</v>
+      </c>
+      <c r="G31" s="26">
+        <v>992</v>
+      </c>
+      <c r="H31" s="28" t="s">
+        <v>276</v>
       </c>
       <c r="I31" s="26" t="s">
-        <v>167</v>
-[...11 lines deleted...]
-        <v>170</v>
+        <v>277</v>
+      </c>
+      <c r="J31" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="29" t="s">
+        <v>278</v>
+      </c>
+      <c r="L31" s="25" t="s">
+        <v>279</v>
+      </c>
+      <c r="M31" s="26" t="s">
+        <v>280</v>
       </c>
       <c r="N31" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O31" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P31" s="38" t="s">
-        <v>787</v>
+      <c r="P31" s="25" t="s">
+        <v>737</v>
       </c>
       <c r="Q31" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R31" s="31"/>
     </row>
     <row r="32" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B32" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C32" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D32" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E32" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F32" s="27" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G32" s="26">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H32" s="28" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="I32" s="26" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>283</v>
+      </c>
+      <c r="J32" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="30" t="s">
+        <v>284</v>
       </c>
       <c r="L32" s="25" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M32" s="26" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="N32" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O32" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P32" s="25" t="s">
-        <v>755</v>
+      <c r="P32" s="27" t="s">
+        <v>738</v>
       </c>
       <c r="Q32" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R32" s="31"/>
     </row>
     <row r="33" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B33" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C33" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D33" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E33" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F33" s="27" t="s">
-        <v>285</v>
+        <v>167</v>
       </c>
       <c r="G33" s="26">
-        <v>993</v>
+        <v>9487</v>
       </c>
       <c r="H33" s="28" t="s">
-        <v>286</v>
+        <v>168</v>
       </c>
       <c r="I33" s="26" t="s">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>288</v>
+        <v>169</v>
+      </c>
+      <c r="J33" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="29" t="s">
+        <v>170</v>
       </c>
       <c r="L33" s="25" t="s">
-        <v>289</v>
+        <v>171</v>
       </c>
       <c r="M33" s="26" t="s">
-        <v>290</v>
+        <v>45</v>
       </c>
       <c r="N33" s="26" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="O33" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P33" s="27" t="s">
-        <v>756</v>
+      <c r="P33" s="25" t="s">
+        <v>739</v>
       </c>
       <c r="Q33" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R33" s="31"/>
     </row>
     <row r="34" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C34" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D34" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E34" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F34" s="27" t="s">
-        <v>171</v>
+      <c r="F34" s="25" t="s">
+        <v>172</v>
       </c>
       <c r="G34" s="26">
-        <v>9487</v>
+        <v>9535</v>
       </c>
       <c r="H34" s="28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I34" s="26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J34" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K34" s="29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L34" s="25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M34" s="26" t="s">
-        <v>49</v>
+        <v>177</v>
       </c>
       <c r="N34" s="26" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="O34" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P34" s="25" t="s">
-        <v>757</v>
+        <v>740</v>
       </c>
       <c r="Q34" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R34" s="31"/>
     </row>
     <row r="35" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B35" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C35" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D35" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E35" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F35" s="25" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G35" s="26">
-        <v>9535</v>
+        <v>9559</v>
       </c>
       <c r="H35" s="28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="I35" s="26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="J35" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K35" s="29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L35" s="25" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M35" s="26" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="N35" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O35" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P35" s="25" t="s">
-        <v>758</v>
+        <v>741</v>
       </c>
       <c r="Q35" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R35" s="31"/>
     </row>
     <row r="36" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B36" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C36" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D36" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E36" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F36" s="25" t="s">
-        <v>182</v>
+      <c r="F36" s="27" t="s">
+        <v>184</v>
       </c>
       <c r="G36" s="26">
-        <v>9559</v>
+        <v>9774</v>
       </c>
       <c r="H36" s="28" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="I36" s="26" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>186</v>
+      </c>
+      <c r="J36" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>187</v>
       </c>
       <c r="L36" s="25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="M36" s="26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="N36" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O36" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P36" s="25" t="s">
-        <v>759</v>
+      <c r="P36" s="27" t="s">
+        <v>742</v>
       </c>
       <c r="Q36" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R36" s="31"/>
     </row>
     <row r="37" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B37" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C37" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D37" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F37" s="27" t="s">
-[...6 lines deleted...]
-        <v>189</v>
+      <c r="F37" s="35" t="s">
+        <v>190</v>
+      </c>
+      <c r="G37" s="36">
+        <v>9776</v>
+      </c>
+      <c r="H37" s="37" t="s">
+        <v>191</v>
       </c>
       <c r="I37" s="26" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>191</v>
+        <v>192</v>
+      </c>
+      <c r="J37" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="38" t="s">
+        <v>193</v>
       </c>
       <c r="L37" s="25" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>194</v>
+      </c>
+      <c r="M37" s="36" t="s">
+        <v>195</v>
       </c>
       <c r="N37" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O37" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P37" s="27" t="s">
-        <v>760</v>
+        <v>743</v>
       </c>
       <c r="Q37" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R37" s="31"/>
     </row>
     <row r="38" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B38" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C38" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D38" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E38" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F38" s="35" t="s">
-[...6 lines deleted...]
-        <v>195</v>
+      <c r="F38" s="25" t="s">
+        <v>196</v>
+      </c>
+      <c r="G38" s="26">
+        <v>9839</v>
+      </c>
+      <c r="H38" s="28" t="s">
+        <v>197</v>
       </c>
       <c r="I38" s="26" t="s">
-        <v>196</v>
-[...5 lines deleted...]
-        <v>197</v>
+        <v>670</v>
+      </c>
+      <c r="J38" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="32" t="s">
+        <v>198</v>
       </c>
       <c r="L38" s="25" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="M38" s="36" t="s">
         <v>199</v>
+      </c>
+      <c r="M38" s="26" t="s">
+        <v>200</v>
       </c>
       <c r="N38" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O38" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P38" s="27" t="s">
-        <v>761</v>
+      <c r="P38" s="25" t="s">
+        <v>744</v>
       </c>
       <c r="Q38" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R38" s="31"/>
     </row>
     <row r="39" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B39" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C39" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D39" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E39" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F39" s="25" t="s">
-[...3 lines deleted...]
-        <v>9839</v>
+      <c r="F39" s="27" t="s">
+        <v>201</v>
+      </c>
+      <c r="G39" s="26" t="s">
+        <v>202</v>
       </c>
       <c r="H39" s="28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I39" s="26" t="s">
-        <v>686</v>
+        <v>204</v>
       </c>
       <c r="J39" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K39" s="32" t="s">
-        <v>202</v>
+      <c r="K39" s="29" t="s">
+        <v>205</v>
       </c>
       <c r="L39" s="25" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M39" s="26" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="N39" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O39" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P39" s="25" t="s">
-        <v>762</v>
+      <c r="P39" s="27" t="s">
+        <v>745</v>
       </c>
       <c r="Q39" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R39" s="31"/>
     </row>
     <row r="40" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C40" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D40" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E40" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F40" s="27" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="G40" s="26" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H40" s="28" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I40" s="26" t="s">
-        <v>208</v>
-[...7 lines deleted...]
-      <c r="L40" s="25" t="s">
+        <v>204</v>
+      </c>
+      <c r="J40" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="30" t="s">
         <v>210</v>
       </c>
+      <c r="L40" s="33" t="s">
+        <v>211</v>
+      </c>
       <c r="M40" s="26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N40" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O40" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P40" s="27" t="s">
-        <v>763</v>
+        <v>746</v>
       </c>
       <c r="Q40" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R40" s="31"/>
     </row>
     <row r="41" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B41" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C41" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D41" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E41" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F41" s="27" t="s">
-        <v>212</v>
+      <c r="F41" s="25" t="s">
+        <v>213</v>
       </c>
       <c r="G41" s="26" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>214</v>
+      </c>
+      <c r="H41" s="34" t="s">
+        <v>203</v>
       </c>
       <c r="I41" s="26" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="J41" s="29" t="s">
+        <v>204</v>
+      </c>
+      <c r="J41" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K41" s="30" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="L41" s="33" t="s">
         <v>215</v>
       </c>
+      <c r="L41" s="25" t="s">
+        <v>216</v>
+      </c>
       <c r="M41" s="26" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="N41" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O41" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P41" s="27" t="s">
-        <v>764</v>
+      <c r="P41" s="25" t="s">
+        <v>747</v>
       </c>
       <c r="Q41" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R41" s="31"/>
     </row>
     <row r="42" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B42" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C42" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D42" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E42" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F42" s="25" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G42" s="26" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H42" s="34" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I42" s="26" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="J42" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K42" s="30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L42" s="25" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M42" s="26" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N42" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O42" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P42" s="25" t="s">
-        <v>765</v>
+        <v>748</v>
       </c>
       <c r="Q42" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R42" s="31"/>
     </row>
     <row r="43" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B43" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C43" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D43" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E43" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F43" s="25" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G43" s="26" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H43" s="34" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I43" s="26" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="J43" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K43" s="30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="L43" s="25" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M43" s="26" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N43" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O43" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P43" s="25" t="s">
-        <v>766</v>
+        <v>749</v>
       </c>
       <c r="Q43" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R43" s="31"/>
     </row>
     <row r="44" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B44" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C44" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D44" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E44" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F44" s="25" t="s">
-[...2 lines deleted...]
-      <c r="G44" s="26" t="s">
+      <c r="F44" s="35" t="s">
         <v>228</v>
       </c>
-      <c r="H44" s="34" t="s">
-        <v>207</v>
+      <c r="G44" s="36" t="s">
+        <v>229</v>
+      </c>
+      <c r="H44" s="37" t="s">
+        <v>203</v>
       </c>
       <c r="I44" s="26" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>204</v>
+      </c>
+      <c r="J44" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="38" t="s">
+        <v>230</v>
       </c>
       <c r="L44" s="25" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="M44" s="26" t="s">
         <v>231</v>
+      </c>
+      <c r="M44" s="36" t="s">
+        <v>232</v>
       </c>
       <c r="N44" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O44" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P44" s="25" t="s">
-        <v>767</v>
+      <c r="P44" s="35" t="s">
+        <v>750</v>
       </c>
       <c r="Q44" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R44" s="31"/>
     </row>
     <row r="45" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B45" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C45" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D45" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F45" s="35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G45" s="36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H45" s="37" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I45" s="26" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="J45" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K45" s="38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L45" s="25" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M45" s="36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N45" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O45" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P45" s="35" t="s">
-        <v>768</v>
+        <v>751</v>
       </c>
       <c r="Q45" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R45" s="31"/>
     </row>
     <row r="46" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B46" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C46" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D46" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E46" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F46" s="35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G46" s="36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H46" s="37" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I46" s="26" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="J46" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K46" s="38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="L46" s="25" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M46" s="36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N46" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O46" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P46" s="35" t="s">
-        <v>769</v>
+        <v>752</v>
       </c>
       <c r="Q46" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R46" s="31"/>
     </row>
     <row r="47" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B47" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C47" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D47" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E47" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F47" s="35" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="36" t="s">
+      <c r="F47" s="27" t="s">
         <v>243</v>
       </c>
-      <c r="H47" s="37" t="s">
-        <v>207</v>
+      <c r="G47" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="H47" s="28" t="s">
+        <v>203</v>
       </c>
       <c r="I47" s="26" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>244</v>
+        <v>204</v>
+      </c>
+      <c r="J47" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="30" t="s">
+        <v>245</v>
       </c>
       <c r="L47" s="25" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="M47" s="36" t="s">
         <v>246</v>
+      </c>
+      <c r="M47" s="26" t="s">
+        <v>247</v>
       </c>
       <c r="N47" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O47" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P47" s="35" t="s">
-        <v>770</v>
+      <c r="P47" s="27" t="s">
+        <v>753</v>
       </c>
       <c r="Q47" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R47" s="31"/>
     </row>
     <row r="48" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B48" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C48" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D48" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E48" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F48" s="27" t="s">
-        <v>247</v>
+      <c r="F48" s="25" t="s">
+        <v>248</v>
       </c>
       <c r="G48" s="26" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H48" s="28" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="I48" s="26" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>204</v>
+      </c>
+      <c r="J48" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="32" t="s">
+        <v>250</v>
       </c>
       <c r="L48" s="25" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M48" s="26" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N48" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O48" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P48" s="27" t="s">
-        <v>771</v>
+      <c r="P48" s="25" t="s">
+        <v>754</v>
       </c>
       <c r="Q48" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R48" s="31"/>
     </row>
     <row r="49" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B49" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C49" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D49" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E49" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F49" s="25" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G49" s="26" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H49" s="28" t="s">
-        <v>207</v>
+        <v>255</v>
       </c>
       <c r="I49" s="26" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="J49" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K49" s="32" t="s">
-        <v>254</v>
+      <c r="K49" s="30" t="s">
+        <v>257</v>
       </c>
       <c r="L49" s="25" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="M49" s="26" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="N49" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O49" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P49" s="25" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="Q49" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R49" s="31"/>
     </row>
     <row r="50" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B50" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C50" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D50" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E50" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F50" s="25" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="G50" s="26" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="H50" s="28" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="I50" s="26" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="J50" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K50" s="30" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L50" s="25" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M50" s="26" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N50" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O50" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P50" s="25" t="s">
-        <v>773</v>
+        <v>756</v>
       </c>
       <c r="Q50" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R50" s="31"/>
     </row>
     <row r="51" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B51" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C51" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D51" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E51" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F51" s="25" t="s">
-        <v>264</v>
+      <c r="F51" s="27" t="s">
+        <v>265</v>
       </c>
       <c r="G51" s="26" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H51" s="28" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="I51" s="26" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="J51" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K51" s="30" t="s">
-        <v>266</v>
+      <c r="K51" s="29" t="s">
+        <v>267</v>
       </c>
       <c r="L51" s="25" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M51" s="26" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N51" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O51" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P51" s="25" t="s">
-        <v>774</v>
+      <c r="P51" s="27" t="s">
+        <v>757</v>
       </c>
       <c r="Q51" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R51" s="31"/>
     </row>
     <row r="52" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B52" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C52" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D52" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E52" s="26" t="s">
         <v>38</v>
       </c>
       <c r="F52" s="27" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G52" s="26" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H52" s="28" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="I52" s="26" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="J52" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K52" s="29" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L52" s="25" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M52" s="26" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N52" s="26" t="s">
         <v>37</v>
       </c>
       <c r="O52" s="26" t="s">
         <v>38</v>
       </c>
       <c r="P52" s="27" t="s">
-        <v>775</v>
+        <v>758</v>
       </c>
       <c r="Q52" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R52" s="31"/>
     </row>
-    <row r="53" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>687</v>
+    <row r="53" spans="1:18" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="41" t="s">
+        <v>671</v>
       </c>
       <c r="B53" s="25" t="s">
-        <v>684</v>
-[...20 lines deleted...]
-        <v>260</v>
+        <v>668</v>
+      </c>
+      <c r="C53" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D53" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E53" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F53" s="41" t="s">
+        <v>649</v>
+      </c>
+      <c r="G53" s="43">
+        <v>989</v>
+      </c>
+      <c r="H53" s="44" t="s">
+        <v>656</v>
+      </c>
+      <c r="I53" s="43" t="s">
+        <v>312</v>
       </c>
       <c r="J53" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K53" s="29" t="s">
-[...8 lines deleted...]
-      <c r="N53" s="26" t="s">
+      <c r="K53" s="45" t="s">
+        <v>654</v>
+      </c>
+      <c r="L53" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="M53" s="46" t="s">
+        <v>706</v>
+      </c>
+      <c r="N53" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="O53" s="26" t="s">
-[...2 lines deleted...]
-      <c r="P53" s="27" t="s">
+      <c r="O53" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P53" s="41" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q53" s="43" t="s">
+        <v>312</v>
+      </c>
+      <c r="R53" s="47"/>
+    </row>
+    <row r="54" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="25" t="s">
+        <v>671</v>
+      </c>
+      <c r="B54" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C54" s="25" t="s">
+        <v>658</v>
+      </c>
+      <c r="D54" s="25" t="s">
+        <v>653</v>
+      </c>
+      <c r="E54" s="26" t="s">
+        <v>289</v>
+      </c>
+      <c r="F54" s="35" t="s">
+        <v>287</v>
+      </c>
+      <c r="G54" s="36">
+        <v>9589</v>
+      </c>
+      <c r="H54" s="37" t="s">
+        <v>640</v>
+      </c>
+      <c r="I54" s="26" t="s">
+        <v>640</v>
+      </c>
+      <c r="J54" s="26" t="s">
+        <v>312</v>
+      </c>
+      <c r="K54" s="36" t="s">
+        <v>312</v>
+      </c>
+      <c r="L54" s="25" t="s">
+        <v>288</v>
+      </c>
+      <c r="M54" s="36" t="s">
         <v>776</v>
       </c>
-      <c r="Q53" s="31" t="s">
-[...58 lines deleted...]
-    <row r="55" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="N54" s="26" t="s">
+        <v>777</v>
+      </c>
+      <c r="O54" s="26" t="s">
+        <v>289</v>
+      </c>
+      <c r="P54" s="27" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q54" s="25" t="s">
+        <v>312</v>
+      </c>
+      <c r="R54" s="25"/>
+    </row>
+    <row r="55" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B55" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C55" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D55" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E55" s="26" t="s">
-        <v>293</v>
-[...8 lines deleted...]
-        <v>656</v>
+        <v>626</v>
+      </c>
+      <c r="F55" s="27" t="s">
+        <v>622</v>
+      </c>
+      <c r="G55" s="26">
+        <v>128</v>
+      </c>
+      <c r="H55" s="28">
+        <v>2668478</v>
       </c>
       <c r="I55" s="26" t="s">
-        <v>656</v>
+        <v>312</v>
       </c>
       <c r="J55" s="26" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>14</v>
+      </c>
+      <c r="K55" s="29" t="s">
+        <v>623</v>
       </c>
       <c r="L55" s="25" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>624</v>
+      </c>
+      <c r="M55" s="26" t="s">
+        <v>625</v>
       </c>
       <c r="N55" s="26" t="s">
-        <v>795</v>
+        <v>625</v>
       </c>
       <c r="O55" s="26" t="s">
-        <v>293</v>
+        <v>626</v>
       </c>
       <c r="P55" s="27" t="s">
-        <v>321</v>
-[...6 lines deleted...]
-    <row r="56" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>312</v>
+      </c>
+      <c r="Q55" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="R55" s="39"/>
+    </row>
+    <row r="56" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B56" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C56" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D56" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E56" s="26" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="F56" s="27" t="s">
+        <v>626</v>
+      </c>
+      <c r="F56" s="35" t="s">
+        <v>635</v>
+      </c>
+      <c r="G56" s="36">
+        <v>9253</v>
+      </c>
+      <c r="H56" s="37">
+        <v>2346970</v>
+      </c>
+      <c r="I56" s="40">
+        <v>605828142</v>
+      </c>
+      <c r="J56" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="38" t="s">
+        <v>636</v>
+      </c>
+      <c r="L56" s="33" t="s">
         <v>637</v>
       </c>
-      <c r="G56" s="26">
-[...18 lines deleted...]
-        <v>640</v>
+      <c r="M56" s="36" t="s">
+        <v>625</v>
       </c>
       <c r="N56" s="26" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
       <c r="O56" s="26" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="P56" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q56" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R56" s="39"/>
+        <v>312</v>
+      </c>
+      <c r="R56" s="31"/>
     </row>
     <row r="57" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B57" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C57" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D57" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E57" s="26" t="s">
-        <v>641</v>
-[...23 lines deleted...]
-        <v>640</v>
+        <v>626</v>
+      </c>
+      <c r="F57" s="27" t="s">
+        <v>627</v>
+      </c>
+      <c r="G57" s="26">
+        <v>9422</v>
+      </c>
+      <c r="H57" s="28">
+        <v>2564354</v>
+      </c>
+      <c r="I57" s="26" t="s">
+        <v>628</v>
+      </c>
+      <c r="J57" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K57" s="29" t="s">
+        <v>629</v>
+      </c>
+      <c r="L57" s="25" t="s">
+        <v>630</v>
+      </c>
+      <c r="M57" s="26" t="s">
+        <v>631</v>
       </c>
       <c r="N57" s="26" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
       <c r="O57" s="26" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="P57" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q57" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R57" s="31"/>
     </row>
     <row r="58" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B58" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C58" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D58" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E58" s="26" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="F58" s="27" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="G58" s="26">
-        <v>9422</v>
+        <v>9857</v>
       </c>
       <c r="H58" s="28">
-        <v>2564354</v>
+        <v>13922778</v>
       </c>
       <c r="I58" s="26" t="s">
-        <v>643</v>
-[...5 lines deleted...]
-        <v>644</v>
+        <v>312</v>
+      </c>
+      <c r="J58" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="30" t="s">
+        <v>633</v>
       </c>
       <c r="L58" s="25" t="s">
-        <v>645</v>
+        <v>634</v>
       </c>
       <c r="M58" s="26" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="N58" s="26" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
       <c r="O58" s="26" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="P58" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q58" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R58" s="31"/>
     </row>
     <row r="59" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B59" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C59" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D59" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E59" s="26" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>297</v>
+      </c>
+      <c r="F59" s="25" t="s">
+        <v>304</v>
       </c>
       <c r="G59" s="26">
-        <v>9857</v>
-[...2 lines deleted...]
-        <v>13922778</v>
+        <v>9471</v>
+      </c>
+      <c r="H59" s="28" t="s">
+        <v>305</v>
       </c>
       <c r="I59" s="26" t="s">
-        <v>321</v>
-[...5 lines deleted...]
-        <v>648</v>
+        <v>305</v>
+      </c>
+      <c r="J59" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="32" t="s">
+        <v>306</v>
       </c>
       <c r="L59" s="25" t="s">
-        <v>649</v>
+        <v>307</v>
       </c>
       <c r="M59" s="26" t="s">
-        <v>640</v>
+        <v>308</v>
       </c>
       <c r="N59" s="26" t="s">
-        <v>640</v>
+        <v>309</v>
       </c>
       <c r="O59" s="26" t="s">
-        <v>641</v>
+        <v>297</v>
       </c>
       <c r="P59" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q59" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R59" s="31"/>
     </row>
     <row r="60" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B60" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C60" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D60" s="25" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="E60" s="26" t="s">
+        <v>297</v>
+      </c>
+      <c r="F60" s="35" t="s">
+        <v>298</v>
+      </c>
+      <c r="G60" s="36">
+        <v>9715</v>
+      </c>
+      <c r="H60" s="37" t="s">
+        <v>299</v>
+      </c>
+      <c r="I60" s="26" t="s">
+        <v>299</v>
+      </c>
+      <c r="J60" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="38" t="s">
+        <v>300</v>
+      </c>
+      <c r="L60" s="25" t="s">
         <v>301</v>
       </c>
-      <c r="F60" s="25" t="s">
-[...21 lines deleted...]
-        <v>312</v>
+      <c r="M60" s="36" t="s">
+        <v>302</v>
       </c>
       <c r="N60" s="26" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="O60" s="26" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="P60" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q60" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R60" s="31"/>
     </row>
     <row r="61" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B61" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C61" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D61" s="25" t="s">
-        <v>673</v>
+        <v>653</v>
       </c>
       <c r="E61" s="26" t="s">
-        <v>301</v>
-[...8 lines deleted...]
-        <v>303</v>
+        <v>297</v>
+      </c>
+      <c r="F61" s="27" t="s">
+        <v>290</v>
+      </c>
+      <c r="G61" s="26">
+        <v>9725</v>
+      </c>
+      <c r="H61" s="28" t="s">
+        <v>291</v>
       </c>
       <c r="I61" s="26" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>304</v>
+        <v>292</v>
+      </c>
+      <c r="J61" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K61" s="30" t="s">
+        <v>293</v>
       </c>
       <c r="L61" s="25" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>294</v>
+      </c>
+      <c r="M61" s="26" t="s">
+        <v>295</v>
       </c>
       <c r="N61" s="26" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="O61" s="26" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>297</v>
+      </c>
+      <c r="P61" s="25" t="s">
+        <v>643</v>
       </c>
       <c r="Q61" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R61" s="31"/>
     </row>
     <row r="62" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B62" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C62" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D62" s="25" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="E62" s="26" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>297</v>
+      </c>
+      <c r="F62" s="25" t="s">
+        <v>310</v>
       </c>
       <c r="G62" s="26">
-        <v>9725</v>
+        <v>9727</v>
       </c>
       <c r="H62" s="28" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
       <c r="I62" s="26" t="s">
+        <v>312</v>
+      </c>
+      <c r="J62" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K62" s="30" t="s">
+        <v>313</v>
+      </c>
+      <c r="L62" s="25" t="s">
+        <v>314</v>
+      </c>
+      <c r="M62" s="26" t="s">
+        <v>639</v>
+      </c>
+      <c r="N62" s="26" t="s">
         <v>296</v>
       </c>
-      <c r="J62" s="29" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="30" t="s">
+      <c r="O62" s="26" t="s">
         <v>297</v>
       </c>
-      <c r="L62" s="25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P62" s="25" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="Q62" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R62" s="31"/>
     </row>
     <row r="63" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B63" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C63" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D63" s="25" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="E63" s="26" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>320</v>
+      </c>
+      <c r="F63" s="27" t="s">
+        <v>315</v>
       </c>
       <c r="G63" s="26">
-        <v>9726</v>
+        <v>9120</v>
       </c>
       <c r="H63" s="28" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I63" s="26" t="s">
-        <v>316</v>
-[...4 lines deleted...]
-      <c r="K63" s="32" t="s">
+        <v>312</v>
+      </c>
+      <c r="J63" s="48" t="s">
+        <v>312</v>
+      </c>
+      <c r="K63" s="30" t="s">
+        <v>312</v>
+      </c>
+      <c r="L63" s="25" t="s">
         <v>317</v>
       </c>
-      <c r="L63" s="25" t="s">
+      <c r="M63" s="26" t="s">
         <v>318</v>
       </c>
-      <c r="M63" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N63" s="26" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="O63" s="26" t="s">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="P63" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q63" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R63" s="31"/>
     </row>
     <row r="64" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B64" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C64" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D64" s="25" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="E64" s="26" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>326</v>
+      </c>
+      <c r="F64" s="27" t="s">
+        <v>335</v>
       </c>
       <c r="G64" s="26">
-        <v>9727</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>9114</v>
+      </c>
+      <c r="H64" s="28">
+        <v>603741</v>
       </c>
       <c r="I64" s="26" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>336</v>
+      </c>
+      <c r="J64" s="48" t="s">
+        <v>312</v>
       </c>
       <c r="K64" s="30" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="L64" s="25" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="M64" s="26" t="s">
-        <v>655</v>
+        <v>324</v>
       </c>
       <c r="N64" s="26" t="s">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="O64" s="26" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>326</v>
+      </c>
+      <c r="P64" s="27" t="s">
+        <v>312</v>
       </c>
       <c r="Q64" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R64" s="31"/>
     </row>
     <row r="65" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B65" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C65" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D65" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E65" s="26" t="s">
-        <v>329</v>
-[...8 lines deleted...]
-        <v>325</v>
+        <v>326</v>
+      </c>
+      <c r="F65" s="35" t="s">
+        <v>330</v>
+      </c>
+      <c r="G65" s="36">
+        <v>9115</v>
+      </c>
+      <c r="H65" s="37">
+        <v>607102</v>
       </c>
       <c r="I65" s="26" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="J65" s="48" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="K65" s="30" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="L65" s="25" t="s">
+        <v>332</v>
+      </c>
+      <c r="M65" s="36" t="s">
+        <v>333</v>
+      </c>
+      <c r="N65" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="O65" s="26" t="s">
         <v>326</v>
       </c>
-      <c r="M65" s="26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P65" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q65" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R65" s="31"/>
     </row>
     <row r="66" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B66" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C66" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D66" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E66" s="26" t="s">
-        <v>335</v>
-[...8 lines deleted...]
-        <v>603741</v>
+        <v>326</v>
+      </c>
+      <c r="F66" s="35" t="s">
+        <v>321</v>
+      </c>
+      <c r="G66" s="36">
+        <v>9117</v>
+      </c>
+      <c r="H66" s="37">
+        <v>666543</v>
       </c>
       <c r="I66" s="26" t="s">
-        <v>345</v>
+        <v>322</v>
       </c>
       <c r="J66" s="48" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="K66" s="30" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="L66" s="25" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>323</v>
+      </c>
+      <c r="M66" s="36" t="s">
+        <v>324</v>
       </c>
       <c r="N66" s="26" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="O66" s="26" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="P66" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q66" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R66" s="31"/>
     </row>
     <row r="67" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B67" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C67" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D67" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E67" s="26" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="F67" s="35" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>9115</v>
+        <v>10</v>
+      </c>
+      <c r="G67" s="36" t="s">
+        <v>327</v>
       </c>
       <c r="H67" s="37">
-        <v>607102</v>
+        <v>518160</v>
       </c>
       <c r="I67" s="26" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="J67" s="48" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="K67" s="30" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="L67" s="25" t="s">
-        <v>341</v>
+        <v>329</v>
       </c>
       <c r="M67" s="36" t="s">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="N67" s="26" t="s">
-        <v>343</v>
+        <v>665</v>
       </c>
       <c r="O67" s="26" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="P67" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q67" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R67" s="31"/>
     </row>
     <row r="68" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B68" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C68" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D68" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E68" s="26" t="s">
-        <v>335</v>
-[...8 lines deleted...]
-        <v>666543</v>
+        <v>384</v>
+      </c>
+      <c r="F68" s="25" t="s">
+        <v>385</v>
+      </c>
+      <c r="G68" s="26">
+        <v>9750</v>
+      </c>
+      <c r="H68" s="28">
+        <v>914551757</v>
       </c>
       <c r="I68" s="26" t="s">
-        <v>331</v>
-[...5 lines deleted...]
-        <v>321</v>
+        <v>386</v>
+      </c>
+      <c r="J68" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" s="29" t="s">
+        <v>387</v>
       </c>
       <c r="L68" s="25" t="s">
-        <v>332</v>
-[...5 lines deleted...]
-        <v>334</v>
+        <v>388</v>
+      </c>
+      <c r="M68" s="41" t="s">
+        <v>707</v>
+      </c>
+      <c r="N68" s="41" t="s">
+        <v>708</v>
       </c>
       <c r="O68" s="26" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>384</v>
+      </c>
+      <c r="P68" s="25" t="s">
+        <v>389</v>
       </c>
       <c r="Q68" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R68" s="31"/>
     </row>
     <row r="69" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B69" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C69" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D69" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E69" s="26" t="s">
-        <v>335</v>
-[...8 lines deleted...]
-        <v>518160</v>
+        <v>384</v>
+      </c>
+      <c r="F69" s="25" t="s">
+        <v>400</v>
+      </c>
+      <c r="G69" s="26">
+        <v>9751</v>
+      </c>
+      <c r="H69" s="28">
+        <v>983995691</v>
       </c>
       <c r="I69" s="26" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>401</v>
+      </c>
+      <c r="J69" s="26" t="s">
+        <v>14</v>
       </c>
       <c r="K69" s="30" t="s">
-        <v>321</v>
+        <v>402</v>
       </c>
       <c r="L69" s="25" t="s">
-        <v>338</v>
-[...5 lines deleted...]
-        <v>681</v>
+        <v>403</v>
+      </c>
+      <c r="M69" s="41" t="s">
+        <v>707</v>
+      </c>
+      <c r="N69" s="41" t="s">
+        <v>708</v>
       </c>
       <c r="O69" s="26" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>384</v>
+      </c>
+      <c r="P69" s="25" t="s">
+        <v>404</v>
       </c>
       <c r="Q69" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R69" s="31"/>
     </row>
     <row r="70" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B70" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C70" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D70" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E70" s="26" t="s">
+        <v>384</v>
+      </c>
+      <c r="F70" s="35" t="s">
+        <v>390</v>
+      </c>
+      <c r="G70" s="36">
+        <v>9753</v>
+      </c>
+      <c r="H70" s="37">
+        <v>970938974</v>
+      </c>
+      <c r="I70" s="26" t="s">
+        <v>391</v>
+      </c>
+      <c r="J70" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K70" s="38" t="s">
+        <v>392</v>
+      </c>
+      <c r="L70" s="25" t="s">
         <v>393</v>
       </c>
-      <c r="F70" s="25" t="s">
+      <c r="M70" s="41" t="s">
+        <v>707</v>
+      </c>
+      <c r="N70" s="41" t="s">
+        <v>708</v>
+      </c>
+      <c r="O70" s="26" t="s">
+        <v>384</v>
+      </c>
+      <c r="P70" s="27" t="s">
         <v>394</v>
       </c>
-      <c r="G70" s="26">
-[...28 lines deleted...]
-      </c>
       <c r="Q70" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R70" s="31"/>
     </row>
     <row r="71" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B71" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C71" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D71" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E71" s="26" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="F71" s="25" t="s">
-        <v>409</v>
+        <v>395</v>
       </c>
       <c r="G71" s="26">
-        <v>9751</v>
+        <v>9757</v>
       </c>
       <c r="H71" s="28">
-        <v>983995691</v>
+        <v>982584027</v>
       </c>
       <c r="I71" s="26" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="J71" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K71" s="30" t="s">
-        <v>411</v>
+      <c r="K71" s="32" t="s">
+        <v>397</v>
       </c>
       <c r="L71" s="25" t="s">
-        <v>412</v>
+        <v>398</v>
       </c>
       <c r="M71" s="41" t="s">
-        <v>724</v>
+        <v>707</v>
       </c>
       <c r="N71" s="41" t="s">
-        <v>725</v>
+        <v>708</v>
       </c>
       <c r="O71" s="26" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="P71" s="25" t="s">
-        <v>413</v>
+        <v>399</v>
       </c>
       <c r="Q71" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R71" s="31"/>
     </row>
     <row r="72" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B72" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C72" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D72" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E72" s="26" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="F72" s="35" t="s">
-        <v>399</v>
+        <v>422</v>
       </c>
       <c r="G72" s="36">
-        <v>9753</v>
+        <v>9850</v>
       </c>
       <c r="H72" s="37">
-        <v>970938974</v>
+        <v>365569059</v>
       </c>
       <c r="I72" s="26" t="s">
-        <v>400</v>
+        <v>423</v>
       </c>
       <c r="J72" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K72" s="38" t="s">
-        <v>401</v>
-[...8 lines deleted...]
-        <v>725</v>
+        <v>424</v>
+      </c>
+      <c r="L72" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="M72" s="36" t="s">
+        <v>416</v>
+      </c>
+      <c r="N72" s="26" t="s">
+        <v>417</v>
       </c>
       <c r="O72" s="26" t="s">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="P72" s="27" t="s">
-        <v>403</v>
+        <v>312</v>
       </c>
       <c r="Q72" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R72" s="31"/>
     </row>
     <row r="73" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B73" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C73" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D73" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E73" s="26" t="s">
-        <v>393</v>
-[...8 lines deleted...]
-        <v>982584027</v>
+        <v>411</v>
+      </c>
+      <c r="F73" s="35" t="s">
+        <v>412</v>
+      </c>
+      <c r="G73" s="36">
+        <v>9851</v>
+      </c>
+      <c r="H73" s="37">
+        <v>365569303</v>
       </c>
       <c r="I73" s="26" t="s">
-        <v>405</v>
-[...14 lines deleted...]
-        <v>725</v>
+        <v>413</v>
+      </c>
+      <c r="J73" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K73" s="38" t="s">
+        <v>414</v>
+      </c>
+      <c r="L73" s="33" t="s">
+        <v>415</v>
+      </c>
+      <c r="M73" s="36" t="s">
+        <v>416</v>
+      </c>
+      <c r="N73" s="26" t="s">
+        <v>417</v>
       </c>
       <c r="O73" s="26" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>411</v>
+      </c>
+      <c r="P73" s="27" t="s">
+        <v>312</v>
       </c>
       <c r="Q73" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R73" s="31"/>
     </row>
     <row r="74" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B74" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C74" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D74" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E74" s="26" t="s">
+        <v>411</v>
+      </c>
+      <c r="F74" s="35" t="s">
+        <v>418</v>
+      </c>
+      <c r="G74" s="36">
+        <v>9852</v>
+      </c>
+      <c r="H74" s="37">
+        <v>365569415</v>
+      </c>
+      <c r="I74" s="26" t="s">
+        <v>419</v>
+      </c>
+      <c r="J74" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="38" t="s">
         <v>420</v>
       </c>
-      <c r="F74" s="35" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L74" s="33" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="M74" s="36" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="N74" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O74" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P74" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q74" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R74" s="31"/>
     </row>
     <row r="75" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B75" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C75" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D75" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E75" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F75" s="35" t="s">
-        <v>421</v>
+        <v>448</v>
       </c>
       <c r="G75" s="36">
-        <v>9851</v>
-[...2 lines deleted...]
-        <v>365569303</v>
+        <v>9853</v>
+      </c>
+      <c r="H75" s="37" t="s">
+        <v>312</v>
       </c>
       <c r="I75" s="26" t="s">
-        <v>422</v>
+        <v>449</v>
       </c>
       <c r="J75" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K75" s="38" t="s">
-        <v>423</v>
+        <v>450</v>
       </c>
       <c r="L75" s="33" t="s">
-        <v>424</v>
+        <v>451</v>
       </c>
       <c r="M75" s="36" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="N75" s="26" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="O75" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P75" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q75" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R75" s="31"/>
     </row>
     <row r="76" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B76" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C76" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D76" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E76" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F76" s="35" t="s">
-        <v>427</v>
+        <v>405</v>
       </c>
       <c r="G76" s="36">
-        <v>9852</v>
-[...2 lines deleted...]
-        <v>365569415</v>
+        <v>9863</v>
+      </c>
+      <c r="H76" s="37" t="s">
+        <v>312</v>
       </c>
       <c r="I76" s="26" t="s">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="J76" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K76" s="38" t="s">
-        <v>429</v>
+        <v>407</v>
       </c>
       <c r="L76" s="33" t="s">
-        <v>430</v>
+        <v>408</v>
       </c>
       <c r="M76" s="36" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="N76" s="26" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="O76" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P76" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q76" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R76" s="31"/>
     </row>
     <row r="77" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B77" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C77" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D77" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E77" s="26" t="s">
-        <v>420</v>
-[...8 lines deleted...]
-        <v>321</v>
+        <v>411</v>
+      </c>
+      <c r="F77" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="G77" s="26">
+        <v>9866</v>
+      </c>
+      <c r="H77" s="28" t="s">
+        <v>312</v>
       </c>
       <c r="I77" s="26" t="s">
-        <v>458</v>
-[...11 lines deleted...]
-        <v>418</v>
+        <v>462</v>
+      </c>
+      <c r="J77" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="29" t="s">
+        <v>463</v>
+      </c>
+      <c r="L77" s="25" t="s">
+        <v>464</v>
+      </c>
+      <c r="M77" s="26" t="s">
+        <v>465</v>
       </c>
       <c r="N77" s="26" t="s">
-        <v>419</v>
+        <v>466</v>
       </c>
       <c r="O77" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P77" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q77" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R77" s="31"/>
     </row>
     <row r="78" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B78" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C78" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D78" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E78" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F78" s="35" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>9863</v>
+        <v>436</v>
+      </c>
+      <c r="G78" s="36" t="s">
+        <v>437</v>
       </c>
       <c r="H78" s="37" t="s">
-        <v>321</v>
+        <v>428</v>
       </c>
       <c r="I78" s="26" t="s">
-        <v>415</v>
+        <v>429</v>
       </c>
       <c r="J78" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K78" s="38" t="s">
+        <v>438</v>
+      </c>
+      <c r="L78" s="33" t="s">
+        <v>439</v>
+      </c>
+      <c r="M78" s="36" t="s">
         <v>416</v>
       </c>
-      <c r="L78" s="33" t="s">
+      <c r="N78" s="26" t="s">
         <v>417</v>
       </c>
-      <c r="M78" s="36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O78" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P78" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q78" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R78" s="31"/>
     </row>
     <row r="79" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B79" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C79" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D79" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E79" s="26" t="s">
-        <v>420</v>
-[...8 lines deleted...]
-        <v>321</v>
+        <v>411</v>
+      </c>
+      <c r="F79" s="35" t="s">
+        <v>426</v>
+      </c>
+      <c r="G79" s="36" t="s">
+        <v>427</v>
+      </c>
+      <c r="H79" s="37" t="s">
+        <v>428</v>
       </c>
       <c r="I79" s="26" t="s">
-        <v>471</v>
-[...11 lines deleted...]
-        <v>474</v>
+        <v>429</v>
+      </c>
+      <c r="J79" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K79" s="38" t="s">
+        <v>430</v>
+      </c>
+      <c r="L79" s="33" t="s">
+        <v>431</v>
+      </c>
+      <c r="M79" s="36" t="s">
+        <v>416</v>
       </c>
       <c r="N79" s="26" t="s">
-        <v>475</v>
+        <v>417</v>
       </c>
       <c r="O79" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P79" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q79" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R79" s="31"/>
     </row>
     <row r="80" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B80" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C80" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D80" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E80" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F80" s="35" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="G80" s="36" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="H80" s="37" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="I80" s="26" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="J80" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K80" s="38" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="L80" s="33" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="M80" s="36" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="N80" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O80" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P80" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q80" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R80" s="31"/>
     </row>
     <row r="81" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B81" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C81" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D81" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E81" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F81" s="35" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="G81" s="36" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="H81" s="37" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="I81" s="26" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="J81" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K81" s="38" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="L81" s="33" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="M81" s="36" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="N81" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O81" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P81" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q81" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R81" s="31"/>
     </row>
     <row r="82" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B82" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C82" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D82" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E82" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F82" s="35" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="G82" s="36" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H82" s="37" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="I82" s="26" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="J82" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K82" s="38" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L82" s="33" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="M82" s="36" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="N82" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O82" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P82" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q82" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R82" s="31"/>
     </row>
     <row r="83" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B83" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C83" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D83" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E83" s="26" t="s">
-        <v>420</v>
-[...8 lines deleted...]
-        <v>437</v>
+        <v>411</v>
+      </c>
+      <c r="F83" s="25" t="s">
+        <v>457</v>
+      </c>
+      <c r="G83" s="26" t="s">
+        <v>458</v>
+      </c>
+      <c r="H83" s="28">
+        <v>271990231</v>
       </c>
       <c r="I83" s="26" t="s">
-        <v>438</v>
-[...11 lines deleted...]
-        <v>425</v>
+        <v>454</v>
+      </c>
+      <c r="J83" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="29" t="s">
+        <v>459</v>
+      </c>
+      <c r="L83" s="25" t="s">
+        <v>460</v>
+      </c>
+      <c r="M83" s="26" t="s">
+        <v>416</v>
       </c>
       <c r="N83" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O83" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P83" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q83" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R83" s="31"/>
     </row>
     <row r="84" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B84" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C84" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D84" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E84" s="26" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="F84" s="35" t="s">
+        <v>411</v>
+      </c>
+      <c r="F84" s="27" t="s">
+        <v>452</v>
+      </c>
+      <c r="G84" s="26" t="s">
         <v>453</v>
       </c>
-      <c r="G84" s="36" t="s">
+      <c r="H84" s="28">
+        <v>271990231</v>
+      </c>
+      <c r="I84" s="26" t="s">
         <v>454</v>
       </c>
-      <c r="H84" s="37" t="s">
-[...8 lines deleted...]
-      <c r="K84" s="38" t="s">
+      <c r="J84" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="29" t="s">
         <v>455</v>
       </c>
-      <c r="L84" s="33" t="s">
+      <c r="L84" s="25" t="s">
         <v>456</v>
       </c>
-      <c r="M84" s="36" t="s">
-        <v>425</v>
+      <c r="M84" s="26" t="s">
+        <v>416</v>
       </c>
       <c r="N84" s="26" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="O84" s="26" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="P84" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q84" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R84" s="31"/>
     </row>
     <row r="85" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B85" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C85" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D85" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E85" s="26" t="s">
-        <v>420</v>
-[...4 lines deleted...]
-      <c r="G85" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="F85" s="35" t="s">
+        <v>469</v>
+      </c>
+      <c r="G85" s="36">
+        <v>9434</v>
+      </c>
+      <c r="H85" s="37" t="s">
+        <v>470</v>
+      </c>
+      <c r="I85" s="26" t="s">
+        <v>471</v>
+      </c>
+      <c r="J85" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K85" s="38" t="s">
+        <v>472</v>
+      </c>
+      <c r="L85" s="33" t="s">
+        <v>473</v>
+      </c>
+      <c r="M85" s="36" t="s">
+        <v>474</v>
+      </c>
+      <c r="N85" s="26" t="s">
         <v>467</v>
       </c>
-      <c r="H85" s="28">
-[...8 lines deleted...]
-      <c r="K85" s="29" t="s">
+      <c r="O85" s="26" t="s">
         <v>468</v>
       </c>
-      <c r="L85" s="25" t="s">
-[...15 lines deleted...]
-        <v>321</v>
+      <c r="P85" s="25" t="s">
+        <v>475</v>
+      </c>
+      <c r="Q85" s="25">
+        <v>5564789674</v>
       </c>
       <c r="R85" s="31"/>
     </row>
     <row r="86" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B86" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C86" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D86" s="25" t="s">
+        <v>657</v>
+      </c>
+      <c r="E86" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="F86" s="35" t="s">
+        <v>476</v>
+      </c>
+      <c r="G86" s="36">
+        <v>9552</v>
+      </c>
+      <c r="H86" s="37" t="s">
+        <v>477</v>
+      </c>
+      <c r="I86" s="26" t="s">
+        <v>478</v>
+      </c>
+      <c r="J86" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="38" t="s">
+        <v>479</v>
+      </c>
+      <c r="L86" s="33" t="s">
+        <v>480</v>
+      </c>
+      <c r="M86" s="36" t="s">
+        <v>481</v>
+      </c>
+      <c r="N86" s="26" t="s">
+        <v>467</v>
+      </c>
+      <c r="O86" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="P86" s="25" t="s">
         <v>673</v>
       </c>
-      <c r="E86" s="26" t="s">
-[...36 lines deleted...]
-        <v>321</v>
+      <c r="Q86" s="31">
+        <v>5567463087</v>
       </c>
       <c r="R86" s="31"/>
     </row>
-    <row r="87" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B87" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C87" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D87" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E87" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F87" s="35" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="G87" s="36">
-        <v>8100</v>
+        <v>9773</v>
       </c>
       <c r="H87" s="37" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>483</v>
+      </c>
+      <c r="I87" s="26" t="s">
+        <v>484</v>
       </c>
       <c r="J87" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K87" s="38" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="L87" s="33" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="M87" s="36" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="N87" s="26" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="O87" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>468</v>
+      </c>
+      <c r="P87" s="35" t="s">
+        <v>489</v>
       </c>
       <c r="Q87" s="31">
-        <v>5565291258</v>
-[...1 lines deleted...]
-      <c r="R87" s="31"/>
+        <v>5592889439</v>
+      </c>
+      <c r="R87" s="42"/>
     </row>
     <row r="88" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B88" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C88" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D88" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E88" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F88" s="35" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="G88" s="36">
-        <v>9434</v>
+        <v>9830</v>
       </c>
       <c r="H88" s="37" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="I88" s="26" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="J88" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K88" s="38" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="L88" s="33" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="M88" s="36" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="N88" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O88" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>5564789674</v>
+        <v>468</v>
+      </c>
+      <c r="P88" s="35" t="s">
+        <v>496</v>
+      </c>
+      <c r="Q88" s="31">
+        <v>5593137440</v>
       </c>
       <c r="R88" s="31"/>
     </row>
     <row r="89" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B89" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C89" s="25" t="s">
+        <v>658</v>
+      </c>
+      <c r="D89" s="25" t="s">
+        <v>657</v>
+      </c>
+      <c r="E89" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="F89" s="35" t="s">
+        <v>497</v>
+      </c>
+      <c r="G89" s="36">
+        <v>9832</v>
+      </c>
+      <c r="H89" s="37" t="s">
+        <v>498</v>
+      </c>
+      <c r="I89" s="26" t="s">
+        <v>499</v>
+      </c>
+      <c r="J89" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K89" s="38" t="s">
+        <v>500</v>
+      </c>
+      <c r="L89" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="M89" s="36" t="s">
+        <v>502</v>
+      </c>
+      <c r="N89" s="26" t="s">
+        <v>467</v>
+      </c>
+      <c r="O89" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="P89" s="27" t="s">
         <v>674</v>
       </c>
-      <c r="D89" s="25" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q89" s="31">
-        <v>5567463087</v>
+        <v>5593137309</v>
       </c>
       <c r="R89" s="31"/>
     </row>
-    <row r="90" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B90" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C90" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D90" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E90" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F90" s="35" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="G90" s="36">
-        <v>9773</v>
+        <v>9833</v>
       </c>
       <c r="H90" s="37" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="I90" s="26" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="J90" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K90" s="38" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="L90" s="33" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="M90" s="36" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="N90" s="26" t="s">
-        <v>503</v>
+        <v>467</v>
       </c>
       <c r="O90" s="26" t="s">
-        <v>477</v>
-[...7 lines deleted...]
-      <c r="R90" s="42"/>
+        <v>468</v>
+      </c>
+      <c r="P90" s="25" t="s">
+        <v>675</v>
+      </c>
+      <c r="Q90" s="25">
+        <v>5593851958</v>
+      </c>
+      <c r="R90" s="31"/>
     </row>
     <row r="91" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B91" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C91" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D91" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E91" s="26" t="s">
-        <v>477</v>
-[...8 lines deleted...]
-        <v>506</v>
+        <v>468</v>
+      </c>
+      <c r="F91" s="27" t="s">
+        <v>509</v>
+      </c>
+      <c r="G91" s="26">
+        <v>9835</v>
+      </c>
+      <c r="H91" s="28" t="s">
+        <v>510</v>
       </c>
       <c r="I91" s="26" t="s">
-        <v>507</v>
-[...11 lines deleted...]
-        <v>510</v>
+        <v>511</v>
+      </c>
+      <c r="J91" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K91" s="29" t="s">
+        <v>512</v>
+      </c>
+      <c r="L91" s="25" t="s">
+        <v>513</v>
+      </c>
+      <c r="M91" s="26" t="s">
+        <v>514</v>
       </c>
       <c r="N91" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O91" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>5593137440</v>
+        <v>468</v>
+      </c>
+      <c r="P91" s="25" t="s">
+        <v>515</v>
+      </c>
+      <c r="Q91" s="25">
+        <v>5593851974</v>
       </c>
       <c r="R91" s="31"/>
     </row>
     <row r="92" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B92" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C92" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D92" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E92" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F92" s="35" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="G92" s="36">
-        <v>9832</v>
+        <v>9870</v>
       </c>
       <c r="H92" s="37" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="I92" s="26" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="J92" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K92" s="38" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>519</v>
+      </c>
+      <c r="L92" s="25" t="s">
+        <v>520</v>
       </c>
       <c r="M92" s="36" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="N92" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O92" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="P92" s="27" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>5593137309</v>
+        <v>676</v>
+      </c>
+      <c r="Q92" s="27" t="s">
+        <v>677</v>
       </c>
       <c r="R92" s="31"/>
     </row>
     <row r="93" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B93" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C93" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D93" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E93" s="26" t="s">
-        <v>477</v>
-[...8 lines deleted...]
-        <v>519</v>
+        <v>468</v>
+      </c>
+      <c r="F93" s="25" t="s">
+        <v>522</v>
+      </c>
+      <c r="G93" s="26">
+        <v>9881</v>
+      </c>
+      <c r="H93" s="28" t="s">
+        <v>523</v>
       </c>
       <c r="I93" s="26" t="s">
-        <v>520</v>
-[...11 lines deleted...]
-        <v>523</v>
+        <v>524</v>
+      </c>
+      <c r="J93" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K93" s="32" t="s">
+        <v>525</v>
+      </c>
+      <c r="L93" s="25" t="s">
+        <v>526</v>
+      </c>
+      <c r="M93" s="26" t="s">
+        <v>527</v>
       </c>
       <c r="N93" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O93" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="P93" s="25" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>5593851958</v>
+        <v>528</v>
+      </c>
+      <c r="Q93" s="31">
+        <v>5594388257</v>
       </c>
       <c r="R93" s="31"/>
     </row>
     <row r="94" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B94" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C94" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D94" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E94" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>468</v>
+      </c>
+      <c r="F94" s="25" t="s">
+        <v>529</v>
       </c>
       <c r="G94" s="26">
-        <v>9835</v>
+        <v>9882</v>
       </c>
       <c r="H94" s="28" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="I94" s="26" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J94" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K94" s="29" t="s">
-        <v>527</v>
+      <c r="K94" s="32" t="s">
+        <v>532</v>
       </c>
       <c r="L94" s="25" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="M94" s="26" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="N94" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O94" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="P94" s="25" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>5593851974</v>
+        <v>535</v>
+      </c>
+      <c r="Q94" s="31" t="s">
+        <v>536</v>
       </c>
       <c r="R94" s="31"/>
     </row>
     <row r="95" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B95" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C95" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>477</v>
-[...8 lines deleted...]
-        <v>532</v>
+        <v>468</v>
+      </c>
+      <c r="F95" s="25" t="s">
+        <v>537</v>
+      </c>
+      <c r="G95" s="26">
+        <v>9883</v>
+      </c>
+      <c r="H95" s="28" t="s">
+        <v>538</v>
       </c>
       <c r="I95" s="26" t="s">
-        <v>533</v>
-[...5 lines deleted...]
-        <v>534</v>
+        <v>539</v>
+      </c>
+      <c r="J95" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="32" t="s">
+        <v>540</v>
       </c>
       <c r="L95" s="25" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>541</v>
+      </c>
+      <c r="M95" s="26" t="s">
+        <v>542</v>
       </c>
       <c r="N95" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O95" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>694</v>
+        <v>468</v>
+      </c>
+      <c r="P95" s="25" t="s">
+        <v>543</v>
+      </c>
+      <c r="Q95" s="31" t="s">
+        <v>544</v>
       </c>
       <c r="R95" s="31"/>
     </row>
     <row r="96" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B96" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C96" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D96" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E96" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>468</v>
+      </c>
+      <c r="F96" s="27" t="s">
+        <v>546</v>
       </c>
       <c r="G96" s="26">
-        <v>9881</v>
+        <v>9887</v>
       </c>
       <c r="H96" s="28" t="s">
-        <v>538</v>
+        <v>547</v>
       </c>
       <c r="I96" s="26" t="s">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="J96" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K96" s="32" t="s">
-        <v>540</v>
+      <c r="K96" s="29" t="s">
+        <v>549</v>
       </c>
       <c r="L96" s="25" t="s">
-        <v>541</v>
+        <v>550</v>
       </c>
       <c r="M96" s="26" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="N96" s="26" t="s">
-        <v>476</v>
+        <v>545</v>
       </c>
       <c r="O96" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>468</v>
+      </c>
+      <c r="P96" s="27" t="s">
+        <v>552</v>
       </c>
       <c r="Q96" s="31">
-        <v>5594388257</v>
+        <v>5594455551</v>
       </c>
       <c r="R96" s="31"/>
     </row>
     <row r="97" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B97" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C97" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D97" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E97" s="26" t="s">
-        <v>477</v>
-[...7 lines deleted...]
-      <c r="H97" s="28" t="s">
+        <v>468</v>
+      </c>
+      <c r="F97" s="35" t="s">
+        <v>553</v>
+      </c>
+      <c r="G97" s="36">
+        <v>9890</v>
+      </c>
+      <c r="H97" s="37" t="s">
+        <v>554</v>
+      </c>
+      <c r="I97" s="40" t="s">
+        <v>555</v>
+      </c>
+      <c r="J97" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K97" s="38" t="s">
+        <v>556</v>
+      </c>
+      <c r="L97" s="33" t="s">
+        <v>557</v>
+      </c>
+      <c r="M97" s="36" t="s">
+        <v>558</v>
+      </c>
+      <c r="N97" s="26" t="s">
         <v>545</v>
       </c>
-      <c r="I97" s="26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O97" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>551</v>
+        <v>468</v>
+      </c>
+      <c r="P97" s="27" t="s">
+        <v>559</v>
+      </c>
+      <c r="Q97" s="31">
+        <v>5594455544</v>
       </c>
       <c r="R97" s="31"/>
     </row>
     <row r="98" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B98" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C98" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D98" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E98" s="26" t="s">
-        <v>477</v>
-[...8 lines deleted...]
-        <v>553</v>
+        <v>468</v>
+      </c>
+      <c r="F98" s="35" t="s">
+        <v>560</v>
+      </c>
+      <c r="G98" s="36" t="s">
+        <v>561</v>
+      </c>
+      <c r="H98" s="37" t="s">
+        <v>562</v>
       </c>
       <c r="I98" s="26" t="s">
-        <v>554</v>
-[...11 lines deleted...]
-        <v>557</v>
+        <v>563</v>
+      </c>
+      <c r="J98" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K98" s="38" t="s">
+        <v>564</v>
+      </c>
+      <c r="L98" s="33" t="s">
+        <v>565</v>
+      </c>
+      <c r="M98" s="36" t="s">
+        <v>566</v>
       </c>
       <c r="N98" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O98" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>468</v>
+      </c>
+      <c r="P98" s="27" t="s">
+        <v>775</v>
       </c>
       <c r="Q98" s="31" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="R98" s="31"/>
     </row>
     <row r="99" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B99" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C99" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D99" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E99" s="26" t="s">
-        <v>477</v>
-[...7 lines deleted...]
-      <c r="H99" s="28" t="s">
+        <v>468</v>
+      </c>
+      <c r="F99" s="35" t="s">
+        <v>568</v>
+      </c>
+      <c r="G99" s="36" t="s">
+        <v>569</v>
+      </c>
+      <c r="H99" s="37" t="s">
         <v>562</v>
       </c>
       <c r="I99" s="26" t="s">
         <v>563</v>
       </c>
-      <c r="J99" s="26" t="s">
-[...9 lines deleted...]
-        <v>566</v>
+      <c r="J99" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K99" s="38" t="s">
+        <v>570</v>
+      </c>
+      <c r="L99" s="33" t="s">
+        <v>571</v>
+      </c>
+      <c r="M99" s="36" t="s">
+        <v>572</v>
       </c>
       <c r="N99" s="26" t="s">
-        <v>560</v>
+        <v>467</v>
       </c>
       <c r="O99" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>5594455551</v>
+        <v>468</v>
+      </c>
+      <c r="P99" s="25" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q99" s="31" t="s">
+        <v>312</v>
       </c>
       <c r="R99" s="31"/>
     </row>
     <row r="100" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B100" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C100" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D100" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E100" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F100" s="35" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>9890</v>
+        <v>645</v>
+      </c>
+      <c r="G100" s="36" t="s">
+        <v>573</v>
       </c>
       <c r="H100" s="37" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>562</v>
+      </c>
+      <c r="I100" s="26" t="s">
+        <v>563</v>
       </c>
       <c r="J100" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K100" s="38" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="L100" s="33" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="M100" s="36" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="N100" s="26" t="s">
-        <v>560</v>
+        <v>467</v>
       </c>
       <c r="O100" s="26" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>5594455544</v>
+        <v>468</v>
+      </c>
+      <c r="P100" s="25" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q100" s="31" t="s">
+        <v>312</v>
       </c>
       <c r="R100" s="31"/>
     </row>
     <row r="101" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B101" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C101" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D101" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E101" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F101" s="35" t="s">
-        <v>575</v>
+        <v>646</v>
       </c>
       <c r="G101" s="36" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H101" s="37" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="I101" s="26" t="s">
+        <v>563</v>
+      </c>
+      <c r="J101" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K101" s="38" t="s">
         <v>578</v>
       </c>
-      <c r="J101" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K101" s="38" t="s">
+      <c r="L101" s="33" t="s">
         <v>579</v>
       </c>
-      <c r="L101" s="33" t="s">
+      <c r="M101" s="36" t="s">
         <v>580</v>
       </c>
-      <c r="M101" s="36" t="s">
+      <c r="N101" s="26" t="s">
+        <v>467</v>
+      </c>
+      <c r="O101" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="P101" s="25" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q101" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="R101" s="31"/>
+    </row>
+    <row r="102" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="25" t="s">
+        <v>671</v>
+      </c>
+      <c r="B102" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C102" s="25" t="s">
+        <v>658</v>
+      </c>
+      <c r="D102" s="25" t="s">
+        <v>657</v>
+      </c>
+      <c r="E102" s="26" t="s">
+        <v>468</v>
+      </c>
+      <c r="F102" s="35" t="s">
+        <v>647</v>
+      </c>
+      <c r="G102" s="36" t="s">
         <v>581</v>
       </c>
-      <c r="N101" s="26" t="s">
-[...8 lines deleted...]
-      <c r="Q101" s="31" t="s">
+      <c r="H102" s="37" t="s">
+        <v>562</v>
+      </c>
+      <c r="I102" s="26" t="s">
         <v>582</v>
       </c>
-      <c r="R101" s="31"/>
-[...17 lines deleted...]
-      <c r="F102" s="35" t="s">
+      <c r="J102" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K102" s="38" t="s">
         <v>583</v>
       </c>
-      <c r="G102" s="36" t="s">
+      <c r="L102" s="33" t="s">
         <v>584</v>
       </c>
-      <c r="H102" s="37" t="s">
-[...8 lines deleted...]
-      <c r="K102" s="38" t="s">
+      <c r="M102" s="36" t="s">
         <v>585</v>
       </c>
-      <c r="L102" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N102" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O102" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P102" s="35" t="s">
+        <v>775</v>
       </c>
       <c r="Q102" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R102" s="31"/>
+        <v>312</v>
+      </c>
+      <c r="R102" s="42"/>
     </row>
     <row r="103" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B103" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C103" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D103" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E103" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F103" s="35" t="s">
-        <v>661</v>
+        <v>586</v>
       </c>
       <c r="G103" s="36" t="s">
+        <v>587</v>
+      </c>
+      <c r="H103" s="37" t="s">
+        <v>562</v>
+      </c>
+      <c r="I103" s="26" t="s">
+        <v>582</v>
+      </c>
+      <c r="J103" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K103" s="38" t="s">
         <v>588</v>
       </c>
-      <c r="H103" s="37" t="s">
-[...8 lines deleted...]
-      <c r="K103" s="38" t="s">
+      <c r="L103" s="33" t="s">
         <v>589</v>
       </c>
-      <c r="L103" s="33" t="s">
+      <c r="M103" s="36" t="s">
         <v>590</v>
       </c>
-      <c r="M103" s="36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N103" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O103" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P103" s="35" t="s">
+        <v>775</v>
       </c>
       <c r="Q103" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R103" s="31"/>
     </row>
     <row r="104" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B104" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C104" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D104" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E104" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F104" s="35" t="s">
-        <v>662</v>
+        <v>591</v>
       </c>
       <c r="G104" s="36" t="s">
         <v>592</v>
       </c>
       <c r="H104" s="37" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="I104" s="26" t="s">
-        <v>578</v>
+        <v>563</v>
       </c>
       <c r="J104" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K104" s="38" t="s">
         <v>593</v>
       </c>
       <c r="L104" s="33" t="s">
         <v>594</v>
       </c>
       <c r="M104" s="36" t="s">
         <v>595</v>
       </c>
       <c r="N104" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O104" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P104" s="35" t="s">
+        <v>775</v>
       </c>
       <c r="Q104" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R104" s="31"/>
     </row>
-    <row r="105" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B105" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C105" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D105" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E105" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F105" s="35" t="s">
-        <v>663</v>
+        <v>596</v>
       </c>
       <c r="G105" s="36" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H105" s="37" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="I105" s="26" t="s">
-        <v>597</v>
+        <v>582</v>
       </c>
       <c r="J105" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K105" s="38" t="s">
         <v>598</v>
       </c>
       <c r="L105" s="33" t="s">
         <v>599</v>
       </c>
       <c r="M105" s="36" t="s">
         <v>600</v>
       </c>
       <c r="N105" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O105" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P105" s="27" t="s">
+        <v>775</v>
       </c>
       <c r="Q105" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R105" s="42"/>
+        <v>312</v>
+      </c>
+      <c r="R105" s="31"/>
     </row>
     <row r="106" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B106" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C106" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D106" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E106" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F106" s="35" t="s">
         <v>601</v>
       </c>
       <c r="G106" s="36" t="s">
         <v>602</v>
       </c>
       <c r="H106" s="37" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="I106" s="26" t="s">
-        <v>597</v>
+        <v>563</v>
       </c>
       <c r="J106" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K106" s="38" t="s">
         <v>603</v>
       </c>
       <c r="L106" s="33" t="s">
         <v>604</v>
       </c>
       <c r="M106" s="36" t="s">
         <v>605</v>
       </c>
       <c r="N106" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O106" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P106" s="31" t="s">
+        <v>775</v>
       </c>
       <c r="Q106" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R106" s="31"/>
     </row>
     <row r="107" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B107" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C107" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D107" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E107" s="26" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="F107" s="35" t="s">
         <v>606</v>
       </c>
       <c r="G107" s="36" t="s">
         <v>607</v>
       </c>
       <c r="H107" s="37" t="s">
-        <v>577</v>
+        <v>562</v>
       </c>
       <c r="I107" s="26" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="J107" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K107" s="38" t="s">
         <v>608</v>
       </c>
       <c r="L107" s="33" t="s">
         <v>609</v>
       </c>
       <c r="M107" s="36" t="s">
         <v>610</v>
       </c>
       <c r="N107" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O107" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P107" s="31" t="s">
+        <v>775</v>
       </c>
       <c r="Q107" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R107" s="31"/>
     </row>
     <row r="108" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B108" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C108" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D108" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E108" s="26" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="F108" s="35" t="s">
+        <v>468</v>
+      </c>
+      <c r="F108" s="27" t="s">
         <v>611</v>
       </c>
-      <c r="G108" s="36" t="s">
+      <c r="G108" s="26" t="s">
         <v>612</v>
       </c>
-      <c r="H108" s="37" t="s">
-        <v>577</v>
+      <c r="H108" s="28" t="s">
+        <v>562</v>
       </c>
       <c r="I108" s="26" t="s">
-        <v>597</v>
-[...4 lines deleted...]
-      <c r="K108" s="38" t="s">
+        <v>563</v>
+      </c>
+      <c r="J108" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="29" t="s">
         <v>613</v>
       </c>
-      <c r="L108" s="33" t="s">
+      <c r="L108" s="25" t="s">
         <v>614</v>
       </c>
-      <c r="M108" s="36" t="s">
+      <c r="M108" s="26" t="s">
         <v>615</v>
       </c>
       <c r="N108" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O108" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>468</v>
+      </c>
+      <c r="P108" s="25" t="s">
+        <v>775</v>
       </c>
       <c r="Q108" s="31" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R108" s="31"/>
     </row>
-    <row r="109" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B109" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C109" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D109" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E109" s="26" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="F109" s="35" t="s">
+        <v>468</v>
+      </c>
+      <c r="F109" s="25" t="s">
         <v>616</v>
       </c>
-      <c r="G109" s="36" t="s">
+      <c r="G109" s="26" t="s">
         <v>617</v>
       </c>
-      <c r="H109" s="37" t="s">
-        <v>577</v>
+      <c r="H109" s="28" t="s">
+        <v>618</v>
       </c>
       <c r="I109" s="26" t="s">
-        <v>578</v>
-[...7 lines deleted...]
-      <c r="L109" s="33" t="s">
         <v>619</v>
       </c>
-      <c r="M109" s="36" t="s">
+      <c r="J109" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="29" t="s">
+        <v>638</v>
+      </c>
+      <c r="L109" s="25" t="s">
         <v>620</v>
       </c>
+      <c r="M109" s="26" t="s">
+        <v>621</v>
+      </c>
       <c r="N109" s="26" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="O109" s="26" t="s">
-        <v>477</v>
-[...63 lines deleted...]
-    <row r="111" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>468</v>
+      </c>
+      <c r="P109" s="25" t="s">
+        <v>778</v>
+      </c>
+      <c r="Q109" s="31">
+        <v>5565490678</v>
+      </c>
+      <c r="R109" s="39"/>
+    </row>
+    <row r="110" spans="1:18" s="8" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="43" t="s">
+        <v>671</v>
+      </c>
+      <c r="B110" s="43" t="s">
+        <v>668</v>
+      </c>
+      <c r="C110" s="43" t="s">
+        <v>658</v>
+      </c>
+      <c r="D110" s="43" t="s">
+        <v>657</v>
+      </c>
+      <c r="E110" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="F110" s="50" t="s">
+        <v>376</v>
+      </c>
+      <c r="G110" s="51" t="s">
+        <v>377</v>
+      </c>
+      <c r="H110" s="52">
+        <v>61499404</v>
+      </c>
+      <c r="I110" s="49" t="s">
+        <v>378</v>
+      </c>
+      <c r="J110" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="53" t="s">
+        <v>379</v>
+      </c>
+      <c r="L110" s="43" t="s">
+        <v>380</v>
+      </c>
+      <c r="M110" s="51" t="s">
+        <v>381</v>
+      </c>
+      <c r="N110" s="49" t="s">
+        <v>382</v>
+      </c>
+      <c r="O110" s="49" t="s">
+        <v>383</v>
+      </c>
+      <c r="P110" s="54" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q110" s="55" t="s">
+        <v>312</v>
+      </c>
+      <c r="R110" s="56"/>
+    </row>
+    <row r="111" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A111" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B111" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C111" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D111" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E111" s="26" t="s">
-        <v>477</v>
-[...17 lines deleted...]
-        <v>628</v>
+        <v>343</v>
+      </c>
+      <c r="F111" s="48" t="s">
+        <v>372</v>
+      </c>
+      <c r="G111" s="57">
+        <v>9118</v>
+      </c>
+      <c r="H111" s="58">
+        <v>61244643</v>
+      </c>
+      <c r="I111" s="57" t="s">
+        <v>373</v>
+      </c>
+      <c r="J111" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K111" s="57" t="s">
+        <v>374</v>
       </c>
       <c r="L111" s="25" t="s">
-        <v>629</v>
-[...5 lines deleted...]
-        <v>476</v>
+        <v>375</v>
+      </c>
+      <c r="M111" s="48" t="s">
+        <v>341</v>
+      </c>
+      <c r="N111" s="48" t="s">
+        <v>342</v>
       </c>
       <c r="O111" s="26" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>343</v>
+      </c>
+      <c r="P111" s="27" t="s">
+        <v>312</v>
       </c>
       <c r="Q111" s="31" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-    <row r="112" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>312</v>
+      </c>
+      <c r="R111" s="56"/>
+    </row>
+    <row r="112" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A112" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B112" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C112" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D112" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E112" s="26" t="s">
-        <v>477</v>
-[...17 lines deleted...]
-        <v>653</v>
+        <v>343</v>
+      </c>
+      <c r="F112" s="48" t="s">
+        <v>369</v>
+      </c>
+      <c r="G112" s="57">
+        <v>9119</v>
+      </c>
+      <c r="H112" s="58">
+        <v>58911219</v>
+      </c>
+      <c r="I112" s="57" t="s">
+        <v>312</v>
+      </c>
+      <c r="J112" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K112" s="57" t="s">
+        <v>370</v>
       </c>
       <c r="L112" s="25" t="s">
-        <v>635</v>
-[...5 lines deleted...]
-        <v>476</v>
+        <v>371</v>
+      </c>
+      <c r="M112" s="48" t="s">
+        <v>341</v>
+      </c>
+      <c r="N112" s="48" t="s">
+        <v>342</v>
       </c>
       <c r="O112" s="26" t="s">
-        <v>477</v>
-[...9 lines deleted...]
-    <row r="113" spans="1:18" s="8" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
+        <v>343</v>
+      </c>
+      <c r="P112" s="27" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q112" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="R112" s="56"/>
+    </row>
+    <row r="113" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A113" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B113" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C113" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D113" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E113" s="26" t="s">
-        <v>392</v>
-[...17 lines deleted...]
-        <v>388</v>
+        <v>343</v>
+      </c>
+      <c r="F113" s="48" t="s">
+        <v>358</v>
+      </c>
+      <c r="G113" s="57">
+        <v>9231</v>
+      </c>
+      <c r="H113" s="58">
+        <v>24184798</v>
+      </c>
+      <c r="I113" s="57" t="s">
+        <v>359</v>
+      </c>
+      <c r="J113" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K113" s="57" t="s">
+        <v>360</v>
       </c>
       <c r="L113" s="25" t="s">
-        <v>389</v>
-[...5 lines deleted...]
-        <v>391</v>
+        <v>361</v>
+      </c>
+      <c r="M113" s="48" t="s">
+        <v>341</v>
+      </c>
+      <c r="N113" s="48" t="s">
+        <v>342</v>
       </c>
       <c r="O113" s="26" t="s">
-        <v>392</v>
+        <v>343</v>
       </c>
       <c r="P113" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q113" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R113" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R113" s="56"/>
     </row>
     <row r="114" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A114" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B114" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C114" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D114" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E114" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="F114" s="48" t="s">
-        <v>381</v>
-[...8 lines deleted...]
-        <v>382</v>
+        <v>362</v>
+      </c>
+      <c r="G114" s="57">
+        <v>9539</v>
+      </c>
+      <c r="H114" s="58">
+        <v>34265034</v>
+      </c>
+      <c r="I114" s="57" t="s">
+        <v>669</v>
       </c>
       <c r="J114" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K114" s="50" t="s">
-        <v>383</v>
+      <c r="K114" s="57" t="s">
+        <v>363</v>
       </c>
       <c r="L114" s="25" t="s">
-        <v>384</v>
+        <v>364</v>
       </c>
       <c r="M114" s="48" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="N114" s="48" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="O114" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="P114" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q114" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R114" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R114" s="56"/>
     </row>
     <row r="115" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A115" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B115" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C115" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D115" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E115" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="F115" s="48" t="s">
-        <v>378</v>
-[...8 lines deleted...]
-        <v>321</v>
+        <v>365</v>
+      </c>
+      <c r="G115" s="57">
+        <v>9592</v>
+      </c>
+      <c r="H115" s="58">
+        <v>53781112</v>
+      </c>
+      <c r="I115" s="57" t="s">
+        <v>366</v>
       </c>
       <c r="J115" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K115" s="50" t="s">
-        <v>379</v>
+      <c r="K115" s="57" t="s">
+        <v>367</v>
       </c>
       <c r="L115" s="25" t="s">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="M115" s="48" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="N115" s="48" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="O115" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="P115" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q115" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R115" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R115" s="56"/>
     </row>
     <row r="116" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A116" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B116" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C116" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D116" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E116" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="F116" s="48" t="s">
-        <v>367</v>
-[...8 lines deleted...]
-        <v>368</v>
+        <v>338</v>
+      </c>
+      <c r="G116" s="57">
+        <v>9713</v>
+      </c>
+      <c r="H116" s="58">
+        <v>61499676</v>
+      </c>
+      <c r="I116" s="57" t="s">
+        <v>312</v>
       </c>
       <c r="J116" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K116" s="50" t="s">
-        <v>369</v>
+      <c r="K116" s="57" t="s">
+        <v>339</v>
       </c>
       <c r="L116" s="25" t="s">
-        <v>370</v>
+        <v>340</v>
       </c>
       <c r="M116" s="48" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="N116" s="48" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="O116" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="P116" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q116" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R116" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R116" s="56"/>
     </row>
     <row r="117" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A117" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B117" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C117" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D117" s="25" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E117" s="26" t="s">
+        <v>343</v>
+      </c>
+      <c r="F117" s="48" t="s">
+        <v>349</v>
+      </c>
+      <c r="G117" s="57">
+        <v>9717</v>
+      </c>
+      <c r="H117" s="58">
+        <v>860776104</v>
+      </c>
+      <c r="I117" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="J117" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="57" t="s">
+        <v>351</v>
+      </c>
+      <c r="L117" s="25" t="s">
         <v>352</v>
       </c>
-      <c r="F117" s="48" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M117" s="48" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="N117" s="48" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="O117" s="26" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="P117" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q117" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R117" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R117" s="56"/>
     </row>
     <row r="118" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A118" s="25" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B118" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C118" s="25" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D118" s="25" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>657</v>
+      </c>
+      <c r="E118" s="41" t="s">
+        <v>343</v>
       </c>
       <c r="F118" s="48" t="s">
-        <v>374</v>
-[...8 lines deleted...]
-        <v>375</v>
+        <v>344</v>
+      </c>
+      <c r="G118" s="57" t="s">
+        <v>345</v>
+      </c>
+      <c r="H118" s="58">
+        <v>85246506</v>
+      </c>
+      <c r="I118" s="57" t="s">
+        <v>346</v>
       </c>
       <c r="J118" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K118" s="50" t="s">
-        <v>376</v>
+      <c r="K118" s="57" t="s">
+        <v>347</v>
       </c>
       <c r="L118" s="25" t="s">
-        <v>377</v>
+        <v>348</v>
       </c>
       <c r="M118" s="48" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="N118" s="48" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>342</v>
+      </c>
+      <c r="O118" s="41" t="s">
+        <v>343</v>
       </c>
       <c r="P118" s="27" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="Q118" s="31" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R118" s="49"/>
+        <v>312</v>
+      </c>
+      <c r="R118" s="56"/>
     </row>
     <row r="119" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A119" s="25" t="s">
+        <v>671</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C119" s="25" t="s">
+        <v>658</v>
+      </c>
+      <c r="D119" s="25" t="s">
+        <v>657</v>
+      </c>
+      <c r="E119" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="F119" s="48" t="s">
+        <v>353</v>
+      </c>
+      <c r="G119" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="H119" s="58">
+        <v>24248582</v>
+      </c>
+      <c r="I119" s="57" t="s">
+        <v>355</v>
+      </c>
+      <c r="J119" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="L119" s="25" t="s">
+        <v>357</v>
+      </c>
+      <c r="M119" s="48" t="s">
+        <v>341</v>
+      </c>
+      <c r="N119" s="48" t="s">
+        <v>342</v>
+      </c>
+      <c r="O119" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="P119" s="27" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q119" s="31" t="s">
+        <v>312</v>
+      </c>
+      <c r="R119" s="56"/>
+    </row>
+    <row r="120" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A120" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="B120" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C120" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D120" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E120" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="F120" s="41" t="s">
+        <v>650</v>
+      </c>
+      <c r="G120" s="43" t="s">
+        <v>648</v>
+      </c>
+      <c r="H120" s="44">
+        <v>61499404</v>
+      </c>
+      <c r="I120" s="43" t="s">
+        <v>662</v>
+      </c>
+      <c r="J120" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="41" t="s">
+        <v>663</v>
+      </c>
+      <c r="L120" s="41" t="s">
+        <v>664</v>
+      </c>
+      <c r="M120" s="46" t="s">
+        <v>341</v>
+      </c>
+      <c r="N120" s="41" t="s">
+        <v>342</v>
+      </c>
+      <c r="O120" s="41" t="s">
+        <v>343</v>
+      </c>
+      <c r="P120" s="41" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q120" s="43" t="s">
+        <v>312</v>
+      </c>
+      <c r="R120" s="41"/>
+    </row>
+    <row r="121" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="B121" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C121" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D121" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E121" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F121" s="41" t="s">
+        <v>678</v>
+      </c>
+      <c r="G121" s="43">
+        <v>320</v>
+      </c>
+      <c r="H121" s="44" t="s">
+        <v>692</v>
+      </c>
+      <c r="I121" s="44" t="s">
+        <v>312</v>
+      </c>
+      <c r="J121" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="59" t="s">
+        <v>699</v>
+      </c>
+      <c r="L121" s="41" t="s">
+        <v>685</v>
+      </c>
+      <c r="M121" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="N121" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="O121" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P121" s="59" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q121" s="43" t="s">
+        <v>312</v>
+      </c>
+      <c r="R121" s="12"/>
+    </row>
+    <row r="122" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="B122" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C122" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D122" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E122" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F122" s="41" t="s">
+        <v>679</v>
+      </c>
+      <c r="G122" s="43">
+        <v>321</v>
+      </c>
+      <c r="H122" s="44" t="s">
+        <v>693</v>
+      </c>
+      <c r="I122" s="44" t="s">
+        <v>312</v>
+      </c>
+      <c r="J122" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K122" s="59" t="s">
+        <v>700</v>
+      </c>
+      <c r="L122" s="41" t="s">
+        <v>686</v>
+      </c>
+      <c r="M122" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="N122" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="O122" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="P122" s="59" t="s">
+        <v>760</v>
+      </c>
+      <c r="Q122" s="43" t="s">
+        <v>312</v>
+      </c>
+      <c r="R122" s="12"/>
+    </row>
+    <row r="123" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="B123" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C123" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D123" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E123" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F123" s="41" t="s">
+        <v>680</v>
+      </c>
+      <c r="G123" s="43">
+        <v>322</v>
+      </c>
+      <c r="H123" s="44" t="s">
+        <v>694</v>
+      </c>
+      <c r="I123" s="44" t="s">
+        <v>312</v>
+      </c>
+      <c r="J123" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K123" s="59" t="s">
+        <v>701</v>
+      </c>
+      <c r="L123" s="41" t="s">
         <v>687</v>
       </c>
-      <c r="B119" s="25" t="s">
-[...247 lines deleted...]
-      </c>
       <c r="M123" s="46" t="s">
-        <v>350</v>
+        <v>45</v>
       </c>
       <c r="N123" s="41" t="s">
-        <v>351</v>
+        <v>46</v>
       </c>
       <c r="O123" s="41" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>321</v>
+        <v>38</v>
+      </c>
+      <c r="P123" s="59" t="s">
+        <v>761</v>
       </c>
       <c r="Q123" s="43" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="R123" s="41"/>
+        <v>312</v>
+      </c>
+      <c r="R123" s="12"/>
     </row>
     <row r="124" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B124" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C124" s="41" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D124" s="41" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E124" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F124" s="41" t="s">
+        <v>681</v>
+      </c>
+      <c r="G124" s="43">
+        <v>323</v>
+      </c>
+      <c r="H124" s="44" t="s">
         <v>695</v>
       </c>
-      <c r="G124" s="43">
-[...4 lines deleted...]
-      </c>
       <c r="I124" s="44" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="J124" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K124" s="52" t="s">
-        <v>716</v>
+      <c r="K124" s="59" t="s">
+        <v>702</v>
       </c>
       <c r="L124" s="41" t="s">
-        <v>702</v>
+        <v>688</v>
       </c>
       <c r="M124" s="46" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N124" s="41" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O124" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P124" s="52" t="s">
-        <v>777</v>
+      <c r="P124" s="59" t="s">
+        <v>762</v>
       </c>
       <c r="Q124" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R124" s="12"/>
     </row>
     <row r="125" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B125" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C125" s="41" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D125" s="41" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E125" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F125" s="41" t="s">
+        <v>682</v>
+      </c>
+      <c r="G125" s="43">
+        <v>324</v>
+      </c>
+      <c r="H125" s="44" t="s">
         <v>696</v>
       </c>
-      <c r="G125" s="43">
-[...4 lines deleted...]
-      </c>
       <c r="I125" s="44" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="J125" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K125" s="52" t="s">
-        <v>717</v>
+      <c r="K125" s="59" t="s">
+        <v>703</v>
       </c>
       <c r="L125" s="41" t="s">
-        <v>703</v>
+        <v>689</v>
       </c>
       <c r="M125" s="46" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N125" s="41" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O125" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P125" s="52" t="s">
-        <v>778</v>
+      <c r="P125" s="59" t="s">
+        <v>763</v>
       </c>
       <c r="Q125" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R125" s="12"/>
     </row>
     <row r="126" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B126" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C126" s="41" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D126" s="41" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E126" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F126" s="41" t="s">
+        <v>683</v>
+      </c>
+      <c r="G126" s="43">
+        <v>325</v>
+      </c>
+      <c r="H126" s="44" t="s">
         <v>697</v>
       </c>
-      <c r="G126" s="43">
-[...4 lines deleted...]
-      </c>
       <c r="I126" s="44" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="J126" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K126" s="52" t="s">
-        <v>718</v>
+      <c r="K126" s="59" t="s">
+        <v>704</v>
       </c>
       <c r="L126" s="41" t="s">
-        <v>704</v>
+        <v>690</v>
       </c>
       <c r="M126" s="46" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N126" s="41" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O126" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P126" s="52" t="s">
-        <v>779</v>
+      <c r="P126" s="59" t="s">
+        <v>764</v>
       </c>
       <c r="Q126" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R126" s="12"/>
     </row>
     <row r="127" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B127" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C127" s="41" t="s">
+        <v>658</v>
+      </c>
+      <c r="D127" s="41" t="s">
+        <v>657</v>
+      </c>
+      <c r="E127" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F127" s="41" t="s">
         <v>684</v>
       </c>
-      <c r="C127" s="41" t="s">
-[...8 lines deleted...]
-      <c r="F127" s="41" t="s">
+      <c r="G127" s="43">
+        <v>326</v>
+      </c>
+      <c r="H127" s="44" t="s">
         <v>698</v>
       </c>
-      <c r="G127" s="43">
-[...4 lines deleted...]
-      </c>
       <c r="I127" s="44" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="J127" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K127" s="52" t="s">
-        <v>719</v>
+      <c r="K127" s="59" t="s">
+        <v>705</v>
       </c>
       <c r="L127" s="41" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="M127" s="46" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N127" s="41" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O127" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P127" s="52" t="s">
-        <v>780</v>
+      <c r="P127" s="59" t="s">
+        <v>765</v>
       </c>
       <c r="Q127" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R127" s="12"/>
     </row>
     <row r="128" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B128" s="25" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="C128" s="41" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D128" s="41" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E128" s="41" t="s">
-        <v>38</v>
+        <v>343</v>
       </c>
       <c r="F128" s="41" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
       <c r="G128" s="43">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="H128" s="44" t="s">
+        <v>9594</v>
+      </c>
+      <c r="H128" s="44">
+        <v>53781147</v>
+      </c>
+      <c r="I128" s="44" t="s">
+        <v>711</v>
+      </c>
+      <c r="J128" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K128" s="59" t="s">
+        <v>712</v>
+      </c>
+      <c r="L128" s="41" t="s">
         <v>713</v>
       </c>
-      <c r="I128" s="44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M128" s="46" t="s">
-        <v>49</v>
+        <v>341</v>
       </c>
       <c r="N128" s="41" t="s">
-        <v>50</v>
+        <v>714</v>
       </c>
       <c r="O128" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>343</v>
+      </c>
+      <c r="P128" s="59" t="s">
+        <v>312</v>
       </c>
       <c r="Q128" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R128" s="12"/>
     </row>
     <row r="129" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="41" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="B129" s="25" t="s">
-        <v>684</v>
+        <v>779</v>
       </c>
       <c r="C129" s="41" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="D129" s="41" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="E129" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F129" s="41" t="s">
-        <v>700</v>
+        <v>780</v>
       </c>
       <c r="G129" s="43">
-        <v>325</v>
+        <v>9778</v>
       </c>
       <c r="H129" s="44" t="s">
-        <v>714</v>
+        <v>784</v>
       </c>
       <c r="I129" s="44" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="J129" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K129" s="52" t="s">
-        <v>721</v>
+      <c r="K129" s="59" t="s">
+        <v>782</v>
       </c>
       <c r="L129" s="41" t="s">
-        <v>707</v>
+        <v>781</v>
       </c>
       <c r="M129" s="46" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N129" s="41" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="O129" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P129" s="52" t="s">
-        <v>782</v>
+      <c r="P129" s="59" t="s">
+        <v>783</v>
       </c>
       <c r="Q129" s="43" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="R129" s="12"/>
-    </row>
-[...160 lines deleted...]
-      <c r="R132" s="12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <autoFilter ref="A2:R131" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition ref="O3:O123"/>
+  <autoFilter ref="A2:R128" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q120">
+    <sortCondition ref="O3:O120"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="L36" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...22 lines deleted...]
-    <hyperlink ref="L68" r:id="rId24" display="Fortum.SE8022@bscs.basware.com" xr:uid="{7CB4AB06-5324-4592-985C-975A9FE5AA44}"/>
+    <hyperlink ref="L35" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="L24:L27" r:id="rId2" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="L16" r:id="rId3" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="L19" r:id="rId4" display="Fortum.SE8022@bscs.basware.com" xr:uid="{2609494D-893C-4F5A-B28C-BCB9E09FF682}"/>
+    <hyperlink ref="L21" r:id="rId5" xr:uid="{BE6A7A34-C313-4260-B548-4D2461CEE851}"/>
+    <hyperlink ref="L23" r:id="rId6" xr:uid="{A9C0E973-D6FB-4DAB-98C8-51816FB29D88}"/>
+    <hyperlink ref="L22" r:id="rId7" xr:uid="{B5B353D7-59FB-4654-BD05-4B86073A0E96}"/>
+    <hyperlink ref="L24" r:id="rId8" xr:uid="{081B06E7-E1AF-4579-AD9D-1737C112807D}"/>
+    <hyperlink ref="L41:L44" r:id="rId9" display="Fortum.FI984@bscs.basware.com" xr:uid="{E62718B8-2A77-467C-8DF6-C35412F7EF94}"/>
+    <hyperlink ref="L25" r:id="rId10" xr:uid="{22E5CB82-26A3-4E81-A5C5-BE938D163426}"/>
+    <hyperlink ref="L26" r:id="rId11" xr:uid="{32C0B7B1-2648-44F6-A8E2-DA0893CB3D6E}"/>
+    <hyperlink ref="L27" r:id="rId12" xr:uid="{14185983-1070-43E8-B91D-5B194E266AA5}"/>
+    <hyperlink ref="L28" r:id="rId13" xr:uid="{A38C2184-49C7-47C7-87D3-E1799F781DC4}"/>
+    <hyperlink ref="L30" r:id="rId14" display="Fortum.FI984@bscs.basware.com" xr:uid="{9CBD2004-28A7-4B64-9AA0-1AE78705E520}"/>
+    <hyperlink ref="L29" r:id="rId15" display="Fortum.FI984@bscs.basware.com" xr:uid="{878A074E-7514-4698-976D-61CFBFA90104}"/>
+    <hyperlink ref="L15" r:id="rId16" xr:uid="{86C7602B-1930-4429-8CFD-BFB975BF057B}"/>
+    <hyperlink ref="L68" r:id="rId17" xr:uid="{D6CEF086-AC31-41F0-AB8F-A634986C5AE1}"/>
+    <hyperlink ref="L70" r:id="rId18" xr:uid="{5558779D-F514-4E40-9889-F7660E07856E}"/>
+    <hyperlink ref="L71" r:id="rId19" xr:uid="{3B8F040E-0DB5-4B95-8B1C-6FD9ADF09B7F}"/>
+    <hyperlink ref="L69" r:id="rId20" xr:uid="{C905220F-B64A-444E-BA7C-62B0C2F00A49}"/>
+    <hyperlink ref="L110" r:id="rId21" display="Fortum.NL9118@bscs.basware.com" xr:uid="{05D08CD9-29A4-4141-AEBE-C3E2A27716B4}"/>
+    <hyperlink ref="L64" r:id="rId22" xr:uid="{7A1D47FB-287F-490F-84BB-F7501EFD59C4}"/>
+    <hyperlink ref="L65" r:id="rId23" display="Fortum.SE8022@bscs.basware.com" xr:uid="{43D019F4-DB62-4C3D-99A5-28ADA6D6673C}"/>
+    <hyperlink ref="L66" r:id="rId24" display="Fortum.SE8022@bscs.basware.com" xr:uid="{7CB4AB06-5324-4592-985C-975A9FE5AA44}"/>
     <hyperlink ref="L5" r:id="rId25" xr:uid="{87643416-B347-40B8-BE93-C456B0A8EC0A}"/>
-    <hyperlink ref="L65" r:id="rId26" xr:uid="{A5A8D83A-1BF0-479E-BF30-3BF82C07B692}"/>
-[...8 lines deleted...]
-    <hyperlink ref="L114" r:id="rId35" display="mailto:Fortum.NL9118@bscs.basware.com" xr:uid="{EB3C3E5E-0699-46A3-AF4B-E845C58F6037}"/>
+    <hyperlink ref="L63" r:id="rId26" xr:uid="{A5A8D83A-1BF0-479E-BF30-3BF82C07B692}"/>
+    <hyperlink ref="L116" r:id="rId27" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{01A48FA6-AB59-4E5F-BADE-84356F880B77}"/>
+    <hyperlink ref="L118" r:id="rId28" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{33F8E4A3-31D6-4538-9EDA-28FD0871E2DD}"/>
+    <hyperlink ref="L117" r:id="rId29" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{AA062BEE-299C-49AC-B862-267F8A72D86A}"/>
+    <hyperlink ref="L119" r:id="rId30" display="mailto:Fortum.NL9463A@bscs.basware.com" xr:uid="{C8E3CEF0-1D1C-4F95-BE51-5F383951BA0C}"/>
+    <hyperlink ref="L113" r:id="rId31" display="mailto:Fortum.NL9231@bscs.basware.com" xr:uid="{C5304346-B7D4-4643-B6C3-15F4DBD4664F}"/>
+    <hyperlink ref="L114" r:id="rId32" display="mailto:Fortum.NL9539@bscs.basware.com" xr:uid="{FE6FFA21-8301-422C-B449-C875AEE56F74}"/>
+    <hyperlink ref="L115" r:id="rId33" display="mailto:Fortum.NL9592@bscs.basware.com" xr:uid="{75197F9F-D74D-441B-9876-CD22258F6D2A}"/>
+    <hyperlink ref="L112" r:id="rId34" display="mailto:Fortum.NL9119@bscs.basware.com" xr:uid="{1EB93263-6CB7-4F7C-A8E9-7B19A5C84310}"/>
+    <hyperlink ref="L111" r:id="rId35" display="mailto:Fortum.NL9118@bscs.basware.com" xr:uid="{EB3C3E5E-0699-46A3-AF4B-E845C58F6037}"/>
     <hyperlink ref="L4" r:id="rId36" display="Fortum.SE8022@bscs.basware.com" xr:uid="{D5126090-21F4-491F-B611-D78136227D7D}"/>
     <hyperlink ref="L3" r:id="rId37" display="Fortum.SE8022@bscs.basware.com" xr:uid="{3BEA6F90-234F-4D26-9A73-91D7C1C91B63}"/>
-    <hyperlink ref="L124" r:id="rId38" xr:uid="{B919A6C9-4CE7-4A70-994C-90FF3934A1D6}"/>
-[...8 lines deleted...]
-    <hyperlink ref="L132" r:id="rId47" display="Fortum.FI320@bscs.basware.com" xr:uid="{E32AA076-968E-499B-BBDA-0221C160EE0C}"/>
+    <hyperlink ref="L121" r:id="rId38" xr:uid="{B919A6C9-4CE7-4A70-994C-90FF3934A1D6}"/>
+    <hyperlink ref="L122:L127" r:id="rId39" display="Fortum.FI320@bscs.basware.com" xr:uid="{7894082D-D1BC-48C1-9D71-CA53DF2FEC21}"/>
+    <hyperlink ref="L122" r:id="rId40" xr:uid="{1594C931-378E-4F87-830A-1C09C8EE8071}"/>
+    <hyperlink ref="L123" r:id="rId41" xr:uid="{0169712D-6BF1-4D1B-B53B-43A8C4D92636}"/>
+    <hyperlink ref="L124" r:id="rId42" xr:uid="{C7B21F2B-4190-4542-B0EB-61C46E52F7A3}"/>
+    <hyperlink ref="L125" r:id="rId43" xr:uid="{71878C20-6CA0-4561-8755-2647D31D0B17}"/>
+    <hyperlink ref="L126" r:id="rId44" xr:uid="{6DF4D27B-2455-4BCF-BCAD-383ACDBBDF96}"/>
+    <hyperlink ref="L127" r:id="rId45" xr:uid="{15FDE23E-0B93-4996-BE9E-0A4650019D1B}"/>
+    <hyperlink ref="L128" r:id="rId46" display="Fortum.FI320@bscs.basware.com" xr:uid="{1735A3A0-F3CF-4291-A4B3-A4B9CEB4F35B}"/>
+    <hyperlink ref="L129" r:id="rId47" display="Fortum.FI320@bscs.basware.com" xr:uid="{E32AA076-968E-499B-BBDA-0221C160EE0C}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId48"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId49"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="770becf3-6f9f-49dc-889e-163a7a67894a">
-[...30 lines deleted...]
-    </SharedWithUsers>
+    <Version_x0028_date_x0029_ xmlns="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e">18.12.2025</Version_x0028_date_x0029_>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-    <xsd:import namespace="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005566AF088BEF044FA5ACB9A01F27E072" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="89083847e56e1a2d5fa5253cb25f98e0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ed500e16a3251a868b417bab9a9cf5f" ns2:_="">
+    <xsd:import namespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Version_x0028_date_x0029_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="770becf3-6f9f-49dc-889e-163a7a67894a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...29 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Version_x0028_date_x0029_" ma:index="12" nillable="true" ma:displayName="Version (date)" ma:format="Dropdown" ma:internalName="Version_x0028_date_x0029_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -10540,90 +10283,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{707D489D-F98A-4107-ADAD-06884F9C6359}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="770becf3-6f9f-49dc-889e-163a7a67894a"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3A5FFB-3245-4E2C-980D-9BF4EF8910E1}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCFD1D71-E798-4114-9901-DF1BE5E1B0A2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97396B3F-6D23-4D1D-9BD6-7C03B847784F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="770becf3-6f9f-49dc-889e-163a7a67894a"/>
-    <ds:schemaRef ds:uri="ee34be0d-2320-4dfb-9dd5-0b95b610e0cc"/>
+    <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3A5FFB-3245-4E2C-980D-9BF4EF8910E1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL companies</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
@@ -10637,51 +10387,51 @@
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Fortum Invoicing Addresses</dc:title>
   <dc:subject/>
   <dc:creator>Vaisanen Liisa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>5a2048c6-cbfe-44da-a6c9-effa9b236170</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101000413AD5A36585645ACCBB1E93CBF8258</vt:lpwstr>
+    <vt:lpwstr>0x0101005566AF088BEF044FA5ACB9A01F27E072</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="FortumDMConfidentiality">
     <vt:lpwstr>4;#Confidential|44fcd3a7-acf2-4fc0-ac52-c3252f32fb55</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="FortumDMLanguage">
     <vt:lpwstr>1;#English|12852c0e-37d4-4e68-ae4e-401350283c82</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="FortumDMLocation">
     <vt:lpwstr>2;#All locations|ac8d8c4f-a8c5-4edc-9a49-eab022eafc49</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="AuthorIds_UIVersion_10240">
     <vt:lpwstr>29</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Order">
     <vt:r8>7900</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>