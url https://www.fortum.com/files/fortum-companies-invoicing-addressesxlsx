--- v2 (2026-01-09)
+++ v3 (2026-02-12)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum-my.sharepoint.com/personal/kirsi_merila_fortum_com/Documents/Työjutut/2025/Internet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum-my.sharepoint.com/personal/kirsi_merila_fortum_com/Documents/Työjutut/2026/Internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="14_{88265344-789F-439A-AE4B-CF59CFFDDD2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6F971E7A-1E27-406D-A947-588A45B2FB74}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{80FDCCD7-5B44-423E-8083-A04DDC9E4B7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ALL companies" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$128</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$125</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2047" uniqueCount="787">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2210" uniqueCount="849">
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company no.</t>
   </si>
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>VAT number</t>
   </si>
   <si>
     <t>e-Invoice operator 
 Basware</t>
   </si>
   <si>
     <t>e-Invoice address</t>
   </si>
   <si>
     <t>eMail address for PDF-invoice</t>
   </si>
   <si>
     <t>Post address</t>
   </si>
@@ -114,74 +114,50 @@
   <si>
     <t>BE07268133779110C</t>
   </si>
   <si>
     <t>Fortum.BE9110C@bscs.basware.com</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Barry Danmark ApS</t>
   </si>
   <si>
     <t>DK38998099</t>
   </si>
   <si>
     <t>DK389980999849</t>
   </si>
   <si>
     <t>Fortum.DK9849@bscs.basware.com</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>Fortum CFS Eesti OÜ</t>
-[...22 lines deleted...]
-  <si>
     <t>Fortum Heat and Gas Oy</t>
   </si>
   <si>
     <t>1852303-7</t>
   </si>
   <si>
     <t>FI18523037</t>
   </si>
   <si>
     <t>003718523037102</t>
   </si>
   <si>
     <t>Fortum.FI102@bscs.basware.com</t>
   </si>
   <si>
     <t>PL 742</t>
   </si>
   <si>
     <t>00026 BASWARE</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Fortum Battery Recycling Oy</t>
@@ -1050,59 +1026,50 @@
   <si>
     <t>9110A</t>
   </si>
   <si>
     <t>IE9846926F</t>
   </si>
   <si>
     <t>Fortum.IE9110A@bscs.basware.com</t>
   </si>
   <si>
     <t>Fortum P&amp;H Ireland Ltd</t>
   </si>
   <si>
     <t>IE3481906RH</t>
   </si>
   <si>
     <t>Fortum.IE9115@bscs.basware.com</t>
   </si>
   <si>
     <t>Suite 222 – 227 Airport House Shannon Free Zone</t>
   </si>
   <si>
     <t>Shannon Co. Clare</t>
   </si>
   <si>
-    <t>Fortum Participation Ltd</t>
-[...7 lines deleted...]
-  <si>
     <t>Fortum 3 B.V.</t>
   </si>
   <si>
     <t>NL8543686199713</t>
   </si>
   <si>
     <t>Fortum.NL9713@bscs.basware.com</t>
   </si>
   <si>
     <t>Lage Mosten 55</t>
   </si>
   <si>
     <t>4822 NK Breda</t>
   </si>
   <si>
     <t>The Netherlands</t>
   </si>
   <si>
     <t>Fortum Finance Ireland DAC, Dutch Branch</t>
   </si>
   <si>
     <t>9110D</t>
   </si>
   <si>
     <t>NL863559876B01</t>
@@ -1260,53 +1227,50 @@
   <si>
     <t>NO9825840279757</t>
   </si>
   <si>
     <t>Fortum.NO9757@bscs.basware.com</t>
   </si>
   <si>
     <t>9908:982584027</t>
   </si>
   <si>
     <t>Tellier Service AS</t>
   </si>
   <si>
     <t>NO983995691MVA</t>
   </si>
   <si>
     <t>NO9839956919751</t>
   </si>
   <si>
     <t>Fortum.NO9751@bscs.basware.com</t>
   </si>
   <si>
     <t>9908:983995691</t>
   </si>
   <si>
-    <t>Fortum Marketing and Sales Polska S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>PL 7811861610</t>
   </si>
   <si>
     <t>PL78118616109863</t>
   </si>
   <si>
     <t>Fortum.PL9863@bscs.basware.com</t>
   </si>
   <si>
     <t>Marynarki Polskiej 197</t>
   </si>
   <si>
     <t>80-868 Gdańsk</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Fortum Network Częstochowa Sp. Z.o.o.</t>
   </si>
   <si>
     <t>PL 8952097040</t>
   </si>
   <si>
     <t>PL89520970409851</t>
@@ -1683,53 +1647,50 @@
   <si>
     <t>559438-8364</t>
   </si>
   <si>
     <t>SE5594388364</t>
   </si>
   <si>
     <t>000755943883649883</t>
   </si>
   <si>
     <t>Fortum.SE9883@bscs.basware.com</t>
   </si>
   <si>
     <t>FE 331</t>
   </si>
   <si>
     <t>0007:5594388364</t>
   </si>
   <si>
     <t>5594388364</t>
   </si>
   <si>
     <t>107 77 Stockholm</t>
   </si>
   <si>
-    <t>Fortum Förnyelsebar Sverige 7 AB</t>
-[...1 lines deleted...]
-  <si>
     <t>559445-5551</t>
   </si>
   <si>
     <t>SE5594455551</t>
   </si>
   <si>
     <t>'000755944555519887</t>
   </si>
   <si>
     <t>Fortum.SE9887@bscs.basware.com</t>
   </si>
   <si>
     <t>FE336</t>
   </si>
   <si>
     <t>0007:5594455551</t>
   </si>
   <si>
     <t>Fortum Förnyelsebar Sverige 10 AB</t>
   </si>
   <si>
     <t>559445-5544</t>
   </si>
   <si>
     <t>SE5594455544</t>
@@ -1939,59 +1900,50 @@
     <t>GB2668478128</t>
   </si>
   <si>
     <t>Fortum.GB128@bscs.basware.com</t>
   </si>
   <si>
     <t>55 Baker Street, London W1U 7EU, United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Fortum O&amp;M (UK) Limited</t>
   </si>
   <si>
     <t>GB605828142</t>
   </si>
   <si>
     <t>GB25643549422</t>
   </si>
   <si>
     <t>Fortum.GB9422@bscs.basware.com</t>
   </si>
   <si>
     <t>PO Box 444, MITCHELDEAN, GL14 9LE, United Kingdom</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fortum.GB9857@bscs.basware.com</t>
   </si>
   <si>
     <t>IVO Energy Ltd</t>
   </si>
   <si>
     <t>GB23469709253</t>
   </si>
   <si>
     <t>Fortum.GB9253@bscs.basware.com</t>
   </si>
   <si>
     <t>000755654906788019E</t>
   </si>
   <si>
     <t>Industriestr. 48 c/o Fortum Batterie Recycling GmbH</t>
   </si>
   <si>
     <t>FR1453288262800011</t>
   </si>
   <si>
     <t>Postal number</t>
   </si>
   <si>
     <t>Peppol ID (e-invoice address)</t>
   </si>
@@ -2447,54 +2399,288 @@
   <si>
     <t>75015 Paris</t>
   </si>
   <si>
     <t>0007:5565490678</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Fortum Tuulivoima Oy</t>
   </si>
   <si>
     <t>Fortum.FI9778@bscs.basware.com</t>
   </si>
   <si>
     <t>0037327087089778</t>
   </si>
   <si>
     <t>0216:0037327087089778</t>
   </si>
   <si>
     <t>3270870-8</t>
   </si>
   <si>
-    <t>Updated 18.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>0208:0726813377, 9925:BE0726813377</t>
+  </si>
+  <si>
+    <t>Fortum Energia Spółka Akcyjna</t>
+  </si>
+  <si>
+    <t>Tuna Vindkraft AB</t>
+  </si>
+  <si>
+    <t>Updated 29.1.2026</t>
+  </si>
+  <si>
+    <t>Kolsa-Juvansuon Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3459274-5</t>
+  </si>
+  <si>
+    <t>FI34592745</t>
+  </si>
+  <si>
+    <t>003734592745710</t>
+  </si>
+  <si>
+    <t>Fortum.FI710@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003734592745710</t>
+  </si>
+  <si>
+    <t>Harvankankaan Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3439761-6</t>
+  </si>
+  <si>
+    <t>FI34397616</t>
+  </si>
+  <si>
+    <t>003734397616711</t>
+  </si>
+  <si>
+    <t>Fortum.FI711@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003734397616711</t>
+  </si>
+  <si>
+    <t>Niittunevan Tuulipuisto Oy</t>
+  </si>
+  <si>
+    <t>3180278-6</t>
+  </si>
+  <si>
+    <t>FI31802786</t>
+  </si>
+  <si>
+    <t>003731802786712</t>
+  </si>
+  <si>
+    <t>Fortum.FI712@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003731802786712</t>
+  </si>
+  <si>
+    <t>Purmo Vindpark Ab</t>
+  </si>
+  <si>
+    <t>2668228-1</t>
+  </si>
+  <si>
+    <t>FI26682281</t>
+  </si>
+  <si>
+    <t>003726682281713</t>
+  </si>
+  <si>
+    <t>Fortum.FI713@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003726682281713</t>
+  </si>
+  <si>
+    <t>Iso Saapasnevan Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3318586-5</t>
+  </si>
+  <si>
+    <t>003733185865714</t>
+  </si>
+  <si>
+    <t>Fortum.FI714@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003733185865714</t>
+  </si>
+  <si>
+    <t>Yli-Iin Iso Rytisuon Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3351590-8</t>
+  </si>
+  <si>
+    <t>FI33515908</t>
+  </si>
+  <si>
+    <t>003733515908715</t>
+  </si>
+  <si>
+    <t>Fortum.FI715@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003733515908715</t>
+  </si>
+  <si>
+    <t>Lapinlahden Iso Petäjämäen Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3151556-8</t>
+  </si>
+  <si>
+    <t>FI31515568</t>
+  </si>
+  <si>
+    <t>003731515568717</t>
+  </si>
+  <si>
+    <t>Fortum.FI717@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003731515568717</t>
+  </si>
+  <si>
+    <t>Kannonkosken Vuorijärven Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3510033-5</t>
+  </si>
+  <si>
+    <t>FI35100335</t>
+  </si>
+  <si>
+    <t>003735100335718</t>
+  </si>
+  <si>
+    <t>Fortum.FI718@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003735100335718</t>
+  </si>
+  <si>
+    <t>Reisjärven Kiiskinevan Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3510035-1</t>
+  </si>
+  <si>
+    <t>FI35100351</t>
+  </si>
+  <si>
+    <t>003735100351719</t>
+  </si>
+  <si>
+    <t>Fortum.FI719@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003735100351719</t>
+  </si>
+  <si>
+    <t>Murtomäen Kivikankaan Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3484898-2</t>
+  </si>
+  <si>
+    <t>FI34848982</t>
+  </si>
+  <si>
+    <t>003734848982720</t>
+  </si>
+  <si>
+    <t>Fortum.FI720@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003734848982720</t>
+  </si>
+  <si>
+    <t>Myyränkankaan Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3484900-2</t>
+  </si>
+  <si>
+    <t>FI34849002</t>
+  </si>
+  <si>
+    <t>003734849002721</t>
+  </si>
+  <si>
+    <t>Fortum.FI721@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003734849002721</t>
+  </si>
+  <si>
+    <t>Iisalmen Vuorimäen Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3510031-9</t>
+  </si>
+  <si>
+    <t>FI35100319</t>
+  </si>
+  <si>
+    <t>003735100319722</t>
+  </si>
+  <si>
+    <t>Fortum.FI722@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003735100319722</t>
+  </si>
+  <si>
+    <t>Orimattilan Kuivannon Tuulivoima Oy</t>
+  </si>
+  <si>
+    <t>3536022-5</t>
+  </si>
+  <si>
+    <t>003735360225723</t>
+  </si>
+  <si>
+    <t>Fortum.FI723@bscs.basware.com</t>
+  </si>
+  <si>
+    <t>0216:003735360225723</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2600,51 +2786,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2727,71 +2913,50 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="5" xr:uid="{00000000-000B-0000-0000-000008000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -3075,7109 +3240,7670 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IE9114@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9530@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI713@bscs.basware.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI720@bscs.basware.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI717@bscs.basware.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI723@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI721@bscs.basware.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI714@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI710@bscs.basware.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI718@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI719@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI712@bscs.basware.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI722@bscs.basware.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI715@bscs.basware.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:R129"/>
+  <dimension ref="A1:R139"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A102" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F106" sqref="F106"/>
+      <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F126" sqref="F126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="18" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="10" customWidth="1"/>
     <col min="3" max="3" width="16.109375" style="10" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" style="10" customWidth="1"/>
     <col min="5" max="5" width="14" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.6640625" customWidth="1"/>
     <col min="7" max="7" width="11.109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.109375" style="9" customWidth="1"/>
     <col min="9" max="9" width="19.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.88671875" customWidth="1"/>
     <col min="11" max="11" width="19.33203125" customWidth="1"/>
     <col min="12" max="12" width="31.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.88671875" style="6" customWidth="1"/>
     <col min="14" max="14" width="41.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="27.109375" customWidth="1"/>
     <col min="17" max="17" width="13.33203125" style="1" customWidth="1"/>
     <col min="18" max="18" width="33" style="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="13"/>
       <c r="F1" s="14"/>
       <c r="G1" s="15"/>
       <c r="H1" s="16"/>
       <c r="I1" s="17"/>
       <c r="J1" s="18"/>
       <c r="K1" s="17" t="s">
-        <v>785</v>
+        <v>772</v>
       </c>
       <c r="L1" s="19"/>
       <c r="M1" s="20"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" s="2" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="21" t="s">
-        <v>667</v>
+        <v>651</v>
       </c>
       <c r="B2" s="21" t="s">
-        <v>666</v>
+        <v>650</v>
       </c>
       <c r="C2" s="21" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="D2" s="21" t="s">
-        <v>652</v>
+        <v>636</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="22" t="s">
         <v>0</v>
       </c>
       <c r="G2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="23" t="s">
         <v>2</v>
       </c>
       <c r="I2" s="22" t="s">
         <v>3</v>
       </c>
       <c r="J2" s="22" t="s">
         <v>4</v>
       </c>
       <c r="K2" s="22" t="s">
         <v>5</v>
       </c>
       <c r="L2" s="21" t="s">
         <v>6</v>
       </c>
       <c r="M2" s="21" t="s">
         <v>7</v>
       </c>
       <c r="N2" s="21" t="s">
-        <v>641</v>
+        <v>625</v>
       </c>
       <c r="O2" s="21" t="s">
         <v>8</v>
       </c>
       <c r="P2" s="22" t="s">
-        <v>642</v>
+        <v>626</v>
       </c>
       <c r="Q2" s="22" t="s">
         <v>9</v>
       </c>
       <c r="R2" s="24" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
     </row>
     <row r="3" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B3" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C3" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D3" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="27" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="G3" s="26" t="s">
         <v>11</v>
       </c>
       <c r="H3" s="28" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J3" s="29" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="30" t="s">
         <v>15</v>
       </c>
       <c r="L3" s="25" t="s">
         <v>16</v>
       </c>
       <c r="M3" s="26" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
       <c r="N3" s="26" t="s">
-        <v>774</v>
+        <v>758</v>
       </c>
       <c r="O3" s="26" t="s">
         <v>17</v>
       </c>
       <c r="P3" s="27" t="s">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="Q3" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R3" s="31"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C4" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D4" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E4" s="26" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="27" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="26">
         <v>9849</v>
       </c>
       <c r="H4" s="28">
         <v>38998099</v>
       </c>
       <c r="I4" s="26" t="s">
         <v>19</v>
       </c>
       <c r="J4" s="29" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="30" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="25" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="26" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="N4" s="26" t="s">
-        <v>772</v>
+        <v>756</v>
       </c>
       <c r="O4" s="26" t="s">
         <v>22</v>
       </c>
       <c r="P4" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q4" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R4" s="31"/>
     </row>
     <row r="5" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C5" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D5" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E5" s="26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="25" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="26">
-        <v>9530</v>
-[...2 lines deleted...]
-        <v>11332573</v>
+        <v>102</v>
+      </c>
+      <c r="H5" s="28" t="s">
+        <v>24</v>
       </c>
       <c r="I5" s="26" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J5" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K5" s="29" t="s">
-        <v>25</v>
+      <c r="K5" s="32" t="s">
+        <v>26</v>
       </c>
       <c r="L5" s="25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M5" s="26" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N5" s="26" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O5" s="26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="P5" s="25" t="s">
-        <v>30</v>
+        <v>751</v>
       </c>
       <c r="Q5" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R5" s="31"/>
     </row>
     <row r="6" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B6" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C6" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D6" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E6" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F6" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="27" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="26">
-        <v>102</v>
+        <v>347</v>
       </c>
       <c r="H6" s="28" t="s">
         <v>32</v>
       </c>
       <c r="I6" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="J6" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="32" t="s">
+      <c r="J6" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K6" s="30" t="s">
         <v>34</v>
       </c>
-      <c r="L6" s="25" t="s">
+      <c r="L6" s="33" t="s">
         <v>35</v>
       </c>
       <c r="M6" s="26" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O6" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>30</v>
+      </c>
+      <c r="P6" s="27" t="s">
+        <v>699</v>
       </c>
       <c r="Q6" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R6" s="31"/>
     </row>
     <row r="7" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C7" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D7" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E7" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F7" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="25" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="26">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="H7" s="28" t="s">
+        <v>361</v>
+      </c>
+      <c r="H7" s="34" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="26" t="s">
         <v>41</v>
       </c>
-      <c r="J7" s="29" t="s">
+      <c r="J7" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K7" s="30" t="s">
         <v>42</v>
       </c>
-      <c r="L7" s="33" t="s">
+      <c r="L7" s="25" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="26" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N7" s="26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>715</v>
+        <v>30</v>
+      </c>
+      <c r="P7" s="25" t="s">
+        <v>700</v>
       </c>
       <c r="Q7" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R7" s="31"/>
     </row>
     <row r="8" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C8" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D8" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E8" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="26">
+        <v>362</v>
+      </c>
+      <c r="H8" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="I8" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="J8" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K8" s="30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="M8" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F8" s="25" t="s">
-[...8 lines deleted...]
-      <c r="I8" s="26" t="s">
+      <c r="O8" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P8" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="Q8" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R8" s="31"/>
+    </row>
+    <row r="9" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B9" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C9" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D9" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F9" s="35" t="s">
         <v>49</v>
       </c>
-      <c r="J8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="30" t="s">
+      <c r="G9" s="36">
+        <v>367</v>
+      </c>
+      <c r="H9" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="L8" s="25" t="s">
+      <c r="I9" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="M8" s="26" t="s">
-[...5 lines deleted...]
-      <c r="O8" s="26" t="s">
+      <c r="J9" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="38" t="s">
+        <v>52</v>
+      </c>
+      <c r="L9" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="M9" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P8" s="25" t="s">
-[...20 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="O9" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P9" s="35" t="s">
+        <v>702</v>
+      </c>
+      <c r="Q9" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R9" s="39"/>
+    </row>
+    <row r="10" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D10" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E10" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" s="35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="36">
+        <v>368</v>
+      </c>
+      <c r="H10" s="37" t="s">
+        <v>55</v>
+      </c>
+      <c r="I10" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K10" s="38" t="s">
+        <v>57</v>
+      </c>
+      <c r="L10" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="M10" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F9" s="25" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="O10" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P10" s="35" t="s">
-        <v>718</v>
+        <v>703</v>
       </c>
       <c r="Q10" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R10" s="39"/>
+        <v>304</v>
+      </c>
+      <c r="R10" s="31"/>
     </row>
     <row r="11" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C11" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D11" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E11" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F11" s="35" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" s="36">
+        <v>369</v>
+      </c>
+      <c r="H11" s="37" t="s">
+        <v>60</v>
+      </c>
+      <c r="I11" s="26" t="s">
+        <v>61</v>
+      </c>
+      <c r="J11" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K11" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="L11" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="M11" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F11" s="35" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O11" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P11" s="35" t="s">
-        <v>719</v>
+        <v>704</v>
       </c>
       <c r="Q11" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R11" s="31"/>
     </row>
     <row r="12" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C12" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D12" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E12" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F12" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="F12" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" s="26">
+        <v>381</v>
+      </c>
+      <c r="H12" s="28" t="s">
+        <v>65</v>
+      </c>
+      <c r="I12" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="J12" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K12" s="32" t="s">
         <v>67</v>
       </c>
-      <c r="G12" s="36">
-[...2 lines deleted...]
-      <c r="H12" s="37" t="s">
+      <c r="L12" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="I12" s="26" t="s">
+      <c r="M12" s="26" t="s">
         <v>69</v>
       </c>
-      <c r="J12" s="36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N12" s="26" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="O12" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>30</v>
+      </c>
+      <c r="P12" s="25" t="s">
+        <v>705</v>
       </c>
       <c r="Q12" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R12" s="31"/>
     </row>
     <row r="13" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C13" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D13" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E13" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F13" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" s="26">
+        <v>389</v>
+      </c>
+      <c r="H13" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="I13" s="26" t="s">
+        <v>72</v>
+      </c>
+      <c r="J13" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K13" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="L13" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="M13" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F13" s="25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O13" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P13" s="25" t="s">
-        <v>721</v>
+        <v>706</v>
       </c>
       <c r="Q13" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R13" s="31"/>
     </row>
     <row r="14" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B14" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C14" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D14" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E14" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F14" s="25" t="s">
+        <v>645</v>
+      </c>
+      <c r="G14" s="26">
+        <v>391</v>
+      </c>
+      <c r="H14" s="28" t="s">
+        <v>75</v>
+      </c>
+      <c r="I14" s="26" t="s">
+        <v>76</v>
+      </c>
+      <c r="J14" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K14" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="L14" s="25" t="s">
         <v>78</v>
       </c>
-      <c r="G14" s="26">
-[...2 lines deleted...]
-      <c r="H14" s="28" t="s">
+      <c r="M14" s="26" t="s">
         <v>79</v>
       </c>
-      <c r="I14" s="26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N14" s="26" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="O14" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P14" s="25" t="s">
-        <v>722</v>
+        <v>707</v>
       </c>
       <c r="Q14" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R14" s="31"/>
     </row>
     <row r="15" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C15" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D15" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E15" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G15" s="26">
+        <v>971</v>
+      </c>
+      <c r="H15" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="I15" s="26" t="s">
+        <v>82</v>
+      </c>
+      <c r="J15" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K15" s="29" t="s">
+        <v>83</v>
+      </c>
+      <c r="L15" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="M15" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F15" s="25" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O15" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>30</v>
+      </c>
+      <c r="P15" s="27" t="s">
+        <v>708</v>
       </c>
       <c r="Q15" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R15" s="31"/>
     </row>
     <row r="16" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C16" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D16" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E16" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F16" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" s="26">
+        <v>972</v>
+      </c>
+      <c r="H16" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="I16" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="J16" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K16" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="L16" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="M16" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F16" s="27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O16" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P16" s="27" t="s">
-        <v>724</v>
+        <v>709</v>
       </c>
       <c r="Q16" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R16" s="31"/>
     </row>
     <row r="17" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C17" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D17" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E17" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F17" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="G17" s="26">
+        <v>976</v>
+      </c>
+      <c r="H17" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="I17" s="26" t="s">
+        <v>92</v>
+      </c>
+      <c r="J17" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K17" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="L17" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="M17" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F17" s="27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O17" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>30</v>
+      </c>
+      <c r="P17" s="25" t="s">
+        <v>710</v>
       </c>
       <c r="Q17" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R17" s="31"/>
     </row>
     <row r="18" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C18" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D18" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E18" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" s="26">
+        <v>978</v>
+      </c>
+      <c r="H18" s="28" t="s">
+        <v>96</v>
+      </c>
+      <c r="I18" s="26" t="s">
+        <v>97</v>
+      </c>
+      <c r="J18" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K18" s="30" t="s">
+        <v>98</v>
+      </c>
+      <c r="L18" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="M18" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F18" s="27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O18" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>30</v>
+      </c>
+      <c r="P18" s="27" t="s">
+        <v>711</v>
       </c>
       <c r="Q18" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R18" s="31"/>
     </row>
     <row r="19" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C19" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D19" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E19" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F19" s="35" t="s">
+        <v>643</v>
+      </c>
+      <c r="G19" s="36">
+        <v>979</v>
+      </c>
+      <c r="H19" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="I19" s="40" t="s">
+        <v>101</v>
+      </c>
+      <c r="J19" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K19" s="38" t="s">
+        <v>102</v>
+      </c>
+      <c r="L19" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="M19" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F19" s="27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O19" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P19" s="27" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
       <c r="Q19" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R19" s="31"/>
     </row>
     <row r="20" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C20" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D20" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E20" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F20" s="35" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" s="36">
+        <v>981</v>
+      </c>
+      <c r="H20" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>106</v>
+      </c>
+      <c r="J20" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="38" t="s">
+        <v>107</v>
+      </c>
+      <c r="L20" s="33" t="s">
+        <v>108</v>
+      </c>
+      <c r="M20" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F20" s="35" t="s">
-[...8 lines deleted...]
-      <c r="I20" s="40" t="s">
+      <c r="O20" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P20" s="27" t="s">
+        <v>713</v>
+      </c>
+      <c r="Q20" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R20" s="31"/>
+    </row>
+    <row r="21" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>656</v>
+      </c>
+      <c r="B21" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E21" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F21" s="35" t="s">
         <v>109</v>
       </c>
-      <c r="J20" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="38" t="s">
+      <c r="G21" s="36">
+        <v>982</v>
+      </c>
+      <c r="H21" s="37" t="s">
         <v>110</v>
       </c>
-      <c r="L20" s="33" t="s">
+      <c r="I21" s="26" t="s">
         <v>111</v>
       </c>
-      <c r="M20" s="36" t="s">
-[...5 lines deleted...]
-      <c r="O20" s="26" t="s">
+      <c r="J21" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K21" s="38" t="s">
+        <v>112</v>
+      </c>
+      <c r="L21" s="41" t="s">
+        <v>113</v>
+      </c>
+      <c r="M21" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="P20" s="27" t="s">
-[...20 lines deleted...]
-      <c r="E21" s="26" t="s">
+      <c r="O21" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P21" s="25" t="s">
+        <v>714</v>
+      </c>
+      <c r="Q21" s="25" t="s">
+        <v>304</v>
+      </c>
+      <c r="R21" s="25"/>
+    </row>
+    <row r="22" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B22" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C22" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D22" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E22" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" s="35" t="s">
+        <v>114</v>
+      </c>
+      <c r="G22" s="36">
+        <v>983</v>
+      </c>
+      <c r="H22" s="37" t="s">
+        <v>115</v>
+      </c>
+      <c r="I22" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="J22" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K22" s="38" t="s">
+        <v>117</v>
+      </c>
+      <c r="L22" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="M22" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F21" s="35" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="O22" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P22" s="25" t="s">
-        <v>730</v>
-[...4 lines deleted...]
-      <c r="R22" s="25"/>
+        <v>715</v>
+      </c>
+      <c r="Q22" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R22" s="31"/>
     </row>
     <row r="23" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C23" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D23" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E23" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" s="35" t="s">
+        <v>119</v>
+      </c>
+      <c r="G23" s="36">
+        <v>984</v>
+      </c>
+      <c r="H23" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="I23" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="J23" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K23" s="38" t="s">
+        <v>122</v>
+      </c>
+      <c r="L23" s="33" t="s">
+        <v>123</v>
+      </c>
+      <c r="M23" s="36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F23" s="35" t="s">
-[...8 lines deleted...]
-      <c r="I23" s="26" t="s">
+      <c r="O23" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P23" s="25" t="s">
+        <v>716</v>
+      </c>
+      <c r="Q23" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R23" s="31"/>
+    </row>
+    <row r="24" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B24" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C24" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D24" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E24" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" s="35" t="s">
         <v>124</v>
       </c>
-      <c r="J23" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="38" t="s">
+      <c r="G24" s="36">
+        <v>985</v>
+      </c>
+      <c r="H24" s="37" t="s">
         <v>125</v>
       </c>
-      <c r="L23" s="33" t="s">
+      <c r="I24" s="26" t="s">
         <v>126</v>
       </c>
-      <c r="M23" s="36" t="s">
-[...32 lines deleted...]
-      <c r="F24" s="35" t="s">
+      <c r="J24" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K24" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="G24" s="36">
-[...2 lines deleted...]
-      <c r="H24" s="37" t="s">
+      <c r="L24" s="33" t="s">
         <v>128</v>
       </c>
-      <c r="I24" s="26" t="s">
+      <c r="M24" s="36" t="s">
         <v>129</v>
       </c>
-      <c r="J24" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="38" t="s">
+      <c r="N24" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="O24" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="P24" s="35" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q24" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R24" s="42"/>
+    </row>
+    <row r="25" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C25" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D25" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E25" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" s="35" t="s">
         <v>130</v>
       </c>
-      <c r="L24" s="33" t="s">
+      <c r="G25" s="36">
+        <v>986</v>
+      </c>
+      <c r="H25" s="37" t="s">
         <v>131</v>
       </c>
-      <c r="M24" s="36" t="s">
-[...32 lines deleted...]
-      <c r="F25" s="35" t="s">
+      <c r="I25" s="26" t="s">
         <v>132</v>
       </c>
-      <c r="G25" s="36">
-[...2 lines deleted...]
-      <c r="H25" s="37" t="s">
+      <c r="J25" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K25" s="38" t="s">
         <v>133</v>
       </c>
-      <c r="I25" s="26" t="s">
+      <c r="L25" s="33" t="s">
         <v>134</v>
       </c>
-      <c r="J25" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="38" t="s">
+      <c r="M25" s="36" t="s">
         <v>135</v>
       </c>
-      <c r="L25" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N25" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O25" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P25" s="35" t="s">
-        <v>733</v>
+        <v>718</v>
       </c>
       <c r="Q25" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R25" s="42"/>
+        <v>304</v>
+      </c>
+      <c r="R25" s="31"/>
     </row>
     <row r="26" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C26" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D26" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E26" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F26" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="G26" s="36">
+        <v>987</v>
+      </c>
+      <c r="H26" s="37" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" s="26" t="s">
         <v>138</v>
       </c>
-      <c r="G26" s="36">
-[...2 lines deleted...]
-      <c r="H26" s="37" t="s">
+      <c r="J26" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K26" s="38" t="s">
         <v>139</v>
       </c>
-      <c r="I26" s="26" t="s">
+      <c r="L26" s="33" t="s">
         <v>140</v>
       </c>
-      <c r="J26" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="38" t="s">
+      <c r="M26" s="36" t="s">
         <v>141</v>
       </c>
-      <c r="L26" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N26" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O26" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P26" s="35" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="Q26" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R26" s="31"/>
     </row>
     <row r="27" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C27" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D27" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E27" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F27" s="35" t="s">
+        <v>644</v>
+      </c>
+      <c r="G27" s="36">
+        <v>988</v>
+      </c>
+      <c r="H27" s="37" t="s">
+        <v>142</v>
+      </c>
+      <c r="I27" s="26" t="s">
+        <v>143</v>
+      </c>
+      <c r="J27" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K27" s="38" t="s">
         <v>144</v>
       </c>
-      <c r="G27" s="36">
-[...2 lines deleted...]
-      <c r="H27" s="37" t="s">
+      <c r="L27" s="33" t="s">
         <v>145</v>
       </c>
-      <c r="I27" s="26" t="s">
+      <c r="M27" s="36" t="s">
         <v>146</v>
       </c>
-      <c r="J27" s="36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N27" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O27" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>30</v>
+      </c>
+      <c r="P27" s="27" t="s">
+        <v>720</v>
       </c>
       <c r="Q27" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R27" s="31"/>
     </row>
     <row r="28" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C28" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D28" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E28" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F28" s="35" t="s">
-        <v>660</v>
+        <v>147</v>
       </c>
       <c r="G28" s="36">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="H28" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="I28" s="26" t="s">
+        <v>149</v>
+      </c>
+      <c r="J28" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K28" s="38" t="s">
         <v>150</v>
       </c>
-      <c r="I28" s="26" t="s">
+      <c r="L28" s="33" t="s">
         <v>151</v>
       </c>
-      <c r="J28" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K28" s="38" t="s">
+      <c r="M28" s="36" t="s">
         <v>152</v>
       </c>
-      <c r="L28" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N28" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O28" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>30</v>
+      </c>
+      <c r="P28" s="38" t="s">
+        <v>752</v>
       </c>
       <c r="Q28" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R28" s="31"/>
     </row>
     <row r="29" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C29" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D29" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E29" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F29" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="G29" s="36">
+        <v>991</v>
+      </c>
+      <c r="H29" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="I29" s="26" t="s">
         <v>155</v>
       </c>
-      <c r="G29" s="36">
-[...2 lines deleted...]
-      <c r="H29" s="37" t="s">
+      <c r="J29" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K29" s="38" t="s">
         <v>156</v>
       </c>
-      <c r="I29" s="26" t="s">
+      <c r="L29" s="33" t="s">
         <v>157</v>
       </c>
-      <c r="J29" s="36" t="s">
-[...2 lines deleted...]
-      <c r="K29" s="38" t="s">
+      <c r="M29" s="36" t="s">
         <v>158</v>
       </c>
-      <c r="L29" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N29" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O29" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P29" s="38" t="s">
-        <v>768</v>
+        <v>753</v>
       </c>
       <c r="Q29" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R29" s="31"/>
     </row>
     <row r="30" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C30" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D30" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E30" s="26" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>162</v>
+        <v>30</v>
+      </c>
+      <c r="F30" s="27" t="s">
+        <v>267</v>
+      </c>
+      <c r="G30" s="26">
+        <v>992</v>
+      </c>
+      <c r="H30" s="28" t="s">
+        <v>268</v>
       </c>
       <c r="I30" s="26" t="s">
-        <v>163</v>
-[...11 lines deleted...]
-        <v>166</v>
+        <v>269</v>
+      </c>
+      <c r="J30" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K30" s="29" t="s">
+        <v>270</v>
+      </c>
+      <c r="L30" s="25" t="s">
+        <v>271</v>
+      </c>
+      <c r="M30" s="26" t="s">
+        <v>272</v>
       </c>
       <c r="N30" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O30" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>30</v>
+      </c>
+      <c r="P30" s="25" t="s">
+        <v>721</v>
       </c>
       <c r="Q30" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R30" s="31"/>
     </row>
     <row r="31" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C31" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D31" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E31" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F31" s="27" t="s">
+        <v>273</v>
+      </c>
+      <c r="G31" s="26">
+        <v>993</v>
+      </c>
+      <c r="H31" s="28" t="s">
+        <v>274</v>
+      </c>
+      <c r="I31" s="26" t="s">
         <v>275</v>
       </c>
-      <c r="G31" s="26">
-[...2 lines deleted...]
-      <c r="H31" s="28" t="s">
+      <c r="J31" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K31" s="30" t="s">
         <v>276</v>
       </c>
-      <c r="I31" s="26" t="s">
+      <c r="L31" s="25" t="s">
         <v>277</v>
       </c>
-      <c r="J31" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K31" s="29" t="s">
+      <c r="M31" s="26" t="s">
         <v>278</v>
       </c>
-      <c r="L31" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N31" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O31" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>30</v>
+      </c>
+      <c r="P31" s="27" t="s">
+        <v>722</v>
       </c>
       <c r="Q31" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R31" s="31"/>
     </row>
     <row r="32" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B32" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C32" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D32" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E32" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F32" s="27" t="s">
+        <v>159</v>
+      </c>
+      <c r="G32" s="26">
+        <v>9487</v>
+      </c>
+      <c r="H32" s="28" t="s">
+        <v>160</v>
+      </c>
+      <c r="I32" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="J32" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K32" s="29" t="s">
+        <v>162</v>
+      </c>
+      <c r="L32" s="25" t="s">
+        <v>163</v>
+      </c>
+      <c r="M32" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N32" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F32" s="27" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O32" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>30</v>
+      </c>
+      <c r="P32" s="25" t="s">
+        <v>723</v>
       </c>
       <c r="Q32" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R32" s="31"/>
     </row>
     <row r="33" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B33" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C33" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D33" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E33" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F33" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F33" s="25" t="s">
+        <v>164</v>
+      </c>
+      <c r="G33" s="26">
+        <v>9535</v>
+      </c>
+      <c r="H33" s="28" t="s">
+        <v>165</v>
+      </c>
+      <c r="I33" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="J33" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K33" s="29" t="s">
         <v>167</v>
       </c>
-      <c r="G33" s="26">
-[...2 lines deleted...]
-      <c r="H33" s="28" t="s">
+      <c r="L33" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="I33" s="26" t="s">
+      <c r="M33" s="26" t="s">
         <v>169</v>
       </c>
-      <c r="J33" s="26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N33" s="26" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="O33" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P33" s="25" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="Q33" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R33" s="31"/>
     </row>
     <row r="34" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C34" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D34" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E34" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F34" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="G34" s="26">
+        <v>9559</v>
+      </c>
+      <c r="H34" s="28" t="s">
+        <v>171</v>
+      </c>
+      <c r="I34" s="26" t="s">
         <v>172</v>
       </c>
-      <c r="G34" s="26">
-[...2 lines deleted...]
-      <c r="H34" s="28" t="s">
+      <c r="J34" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K34" s="29" t="s">
         <v>173</v>
       </c>
-      <c r="I34" s="26" t="s">
+      <c r="L34" s="25" t="s">
         <v>174</v>
       </c>
-      <c r="J34" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="29" t="s">
+      <c r="M34" s="26" t="s">
         <v>175</v>
       </c>
-      <c r="L34" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N34" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O34" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P34" s="25" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
       <c r="Q34" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R34" s="31"/>
     </row>
     <row r="35" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B35" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C35" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D35" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E35" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F35" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F35" s="27" t="s">
+        <v>176</v>
+      </c>
+      <c r="G35" s="26">
+        <v>9774</v>
+      </c>
+      <c r="H35" s="28" t="s">
+        <v>177</v>
+      </c>
+      <c r="I35" s="26" t="s">
         <v>178</v>
       </c>
-      <c r="G35" s="26">
-[...2 lines deleted...]
-      <c r="H35" s="28" t="s">
+      <c r="J35" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K35" s="30" t="s">
         <v>179</v>
       </c>
-      <c r="I35" s="26" t="s">
+      <c r="L35" s="25" t="s">
         <v>180</v>
       </c>
-      <c r="J35" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K35" s="29" t="s">
+      <c r="M35" s="26" t="s">
         <v>181</v>
       </c>
-      <c r="L35" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N35" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O35" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>30</v>
+      </c>
+      <c r="P35" s="27" t="s">
+        <v>726</v>
       </c>
       <c r="Q35" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R35" s="31"/>
     </row>
     <row r="36" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B36" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C36" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D36" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E36" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F36" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F36" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="G36" s="36">
+        <v>9776</v>
+      </c>
+      <c r="H36" s="37" t="s">
+        <v>183</v>
+      </c>
+      <c r="I36" s="26" t="s">
         <v>184</v>
       </c>
-      <c r="G36" s="26">
-[...2 lines deleted...]
-      <c r="H36" s="28" t="s">
+      <c r="J36" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K36" s="38" t="s">
         <v>185</v>
       </c>
-      <c r="I36" s="26" t="s">
+      <c r="L36" s="25" t="s">
         <v>186</v>
       </c>
-      <c r="J36" s="29" t="s">
-[...2 lines deleted...]
-      <c r="K36" s="30" t="s">
+      <c r="M36" s="36" t="s">
         <v>187</v>
       </c>
-      <c r="L36" s="25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N36" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O36" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P36" s="27" t="s">
-        <v>742</v>
+        <v>727</v>
       </c>
       <c r="Q36" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R36" s="31"/>
     </row>
     <row r="37" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B37" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C37" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D37" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E37" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F37" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="F37" s="25" t="s">
+        <v>188</v>
+      </c>
+      <c r="G37" s="26">
+        <v>9839</v>
+      </c>
+      <c r="H37" s="28" t="s">
+        <v>189</v>
+      </c>
+      <c r="I37" s="26" t="s">
+        <v>654</v>
+      </c>
+      <c r="J37" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K37" s="32" t="s">
         <v>190</v>
       </c>
-      <c r="G37" s="36">
-[...2 lines deleted...]
-      <c r="H37" s="37" t="s">
+      <c r="L37" s="25" t="s">
         <v>191</v>
       </c>
-      <c r="I37" s="26" t="s">
+      <c r="M37" s="26" t="s">
         <v>192</v>
       </c>
-      <c r="J37" s="36" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N37" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O37" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>30</v>
+      </c>
+      <c r="P37" s="25" t="s">
+        <v>728</v>
       </c>
       <c r="Q37" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R37" s="31"/>
     </row>
     <row r="38" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B38" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C38" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D38" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E38" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F38" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" s="27" t="s">
+        <v>193</v>
+      </c>
+      <c r="G38" s="26" t="s">
+        <v>194</v>
+      </c>
+      <c r="H38" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" s="26" t="s">
         <v>196</v>
       </c>
-      <c r="G38" s="26">
-[...2 lines deleted...]
-      <c r="H38" s="28" t="s">
+      <c r="J38" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K38" s="29" t="s">
         <v>197</v>
       </c>
-      <c r="I38" s="26" t="s">
-[...5 lines deleted...]
-      <c r="K38" s="32" t="s">
+      <c r="L38" s="25" t="s">
         <v>198</v>
       </c>
-      <c r="L38" s="25" t="s">
+      <c r="M38" s="26" t="s">
         <v>199</v>
       </c>
-      <c r="M38" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N38" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O38" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>744</v>
+        <v>30</v>
+      </c>
+      <c r="P38" s="27" t="s">
+        <v>729</v>
       </c>
       <c r="Q38" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R38" s="31"/>
     </row>
     <row r="39" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B39" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C39" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D39" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E39" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F39" s="27" t="s">
+        <v>200</v>
+      </c>
+      <c r="G39" s="26" t="s">
         <v>201</v>
       </c>
-      <c r="G39" s="26" t="s">
+      <c r="H39" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="I39" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J39" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K39" s="30" t="s">
         <v>202</v>
       </c>
-      <c r="H39" s="28" t="s">
+      <c r="L39" s="33" t="s">
         <v>203</v>
       </c>
-      <c r="I39" s="26" t="s">
+      <c r="M39" s="26" t="s">
         <v>204</v>
       </c>
-      <c r="J39" s="26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N39" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O39" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P39" s="27" t="s">
-        <v>745</v>
+        <v>730</v>
       </c>
       <c r="Q39" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R39" s="31"/>
     </row>
     <row r="40" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C40" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D40" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E40" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F40" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F40" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="G40" s="26" t="s">
+        <v>206</v>
+      </c>
+      <c r="H40" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="I40" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J40" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K40" s="30" t="s">
+        <v>207</v>
+      </c>
+      <c r="L40" s="25" t="s">
         <v>208</v>
       </c>
-      <c r="G40" s="26" t="s">
+      <c r="M40" s="26" t="s">
         <v>209</v>
       </c>
-      <c r="H40" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N40" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O40" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>30</v>
+      </c>
+      <c r="P40" s="25" t="s">
+        <v>731</v>
       </c>
       <c r="Q40" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R40" s="31"/>
     </row>
     <row r="41" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B41" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C41" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D41" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E41" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F41" s="25" t="s">
+        <v>210</v>
+      </c>
+      <c r="G41" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="H41" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="I41" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J41" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K41" s="30" t="s">
+        <v>212</v>
+      </c>
+      <c r="L41" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="G41" s="26" t="s">
+      <c r="M41" s="26" t="s">
         <v>214</v>
       </c>
-      <c r="H41" s="34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N41" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O41" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P41" s="25" t="s">
-        <v>747</v>
+        <v>732</v>
       </c>
       <c r="Q41" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R41" s="31"/>
     </row>
     <row r="42" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B42" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C42" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D42" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E42" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F42" s="25" t="s">
+        <v>215</v>
+      </c>
+      <c r="G42" s="26" t="s">
+        <v>216</v>
+      </c>
+      <c r="H42" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="I42" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J42" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K42" s="30" t="s">
+        <v>217</v>
+      </c>
+      <c r="L42" s="25" t="s">
         <v>218</v>
       </c>
-      <c r="G42" s="26" t="s">
+      <c r="M42" s="26" t="s">
         <v>219</v>
       </c>
-      <c r="H42" s="34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N42" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O42" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P42" s="25" t="s">
-        <v>748</v>
+        <v>733</v>
       </c>
       <c r="Q42" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R42" s="31"/>
     </row>
     <row r="43" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B43" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C43" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D43" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E43" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F43" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" s="35" t="s">
+        <v>220</v>
+      </c>
+      <c r="G43" s="36" t="s">
+        <v>221</v>
+      </c>
+      <c r="H43" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="I43" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J43" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K43" s="38" t="s">
+        <v>222</v>
+      </c>
+      <c r="L43" s="25" t="s">
         <v>223</v>
       </c>
-      <c r="G43" s="26" t="s">
+      <c r="M43" s="36" t="s">
         <v>224</v>
       </c>
-      <c r="H43" s="34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N43" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O43" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>30</v>
+      </c>
+      <c r="P43" s="35" t="s">
+        <v>734</v>
       </c>
       <c r="Q43" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R43" s="31"/>
     </row>
     <row r="44" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B44" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C44" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D44" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E44" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F44" s="35" t="s">
+        <v>225</v>
+      </c>
+      <c r="G44" s="36" t="s">
+        <v>226</v>
+      </c>
+      <c r="H44" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="I44" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J44" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K44" s="38" t="s">
+        <v>227</v>
+      </c>
+      <c r="L44" s="25" t="s">
         <v>228</v>
       </c>
-      <c r="G44" s="36" t="s">
+      <c r="M44" s="36" t="s">
         <v>229</v>
       </c>
-      <c r="H44" s="37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N44" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O44" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P44" s="35" t="s">
-        <v>750</v>
+        <v>735</v>
       </c>
       <c r="Q44" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R44" s="31"/>
     </row>
     <row r="45" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B45" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C45" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D45" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E45" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F45" s="35" t="s">
+        <v>230</v>
+      </c>
+      <c r="G45" s="36" t="s">
+        <v>231</v>
+      </c>
+      <c r="H45" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="I45" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J45" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K45" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="L45" s="25" t="s">
         <v>233</v>
       </c>
-      <c r="G45" s="36" t="s">
+      <c r="M45" s="36" t="s">
         <v>234</v>
       </c>
-      <c r="H45" s="37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N45" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O45" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P45" s="35" t="s">
-        <v>751</v>
+        <v>736</v>
       </c>
       <c r="Q45" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R45" s="31"/>
     </row>
     <row r="46" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B46" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C46" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D46" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E46" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F46" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="F46" s="27" t="s">
+        <v>235</v>
+      </c>
+      <c r="G46" s="26" t="s">
+        <v>236</v>
+      </c>
+      <c r="H46" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="I46" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J46" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K46" s="30" t="s">
+        <v>237</v>
+      </c>
+      <c r="L46" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="G46" s="36" t="s">
+      <c r="M46" s="26" t="s">
         <v>239</v>
       </c>
-      <c r="H46" s="37" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N46" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O46" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>30</v>
+      </c>
+      <c r="P46" s="27" t="s">
+        <v>737</v>
       </c>
       <c r="Q46" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R46" s="31"/>
     </row>
     <row r="47" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B47" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C47" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D47" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E47" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F47" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F47" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="G47" s="26" t="s">
+        <v>241</v>
+      </c>
+      <c r="H47" s="28" t="s">
+        <v>195</v>
+      </c>
+      <c r="I47" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="J47" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K47" s="32" t="s">
+        <v>242</v>
+      </c>
+      <c r="L47" s="25" t="s">
         <v>243</v>
       </c>
-      <c r="G47" s="26" t="s">
+      <c r="M47" s="26" t="s">
         <v>244</v>
       </c>
-      <c r="H47" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N47" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O47" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>30</v>
+      </c>
+      <c r="P47" s="25" t="s">
+        <v>738</v>
       </c>
       <c r="Q47" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R47" s="31"/>
     </row>
     <row r="48" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B48" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C48" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D48" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E48" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F48" s="25" t="s">
+        <v>245</v>
+      </c>
+      <c r="G48" s="26" t="s">
+        <v>246</v>
+      </c>
+      <c r="H48" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="I48" s="26" t="s">
         <v>248</v>
       </c>
-      <c r="G48" s="26" t="s">
+      <c r="J48" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K48" s="30" t="s">
         <v>249</v>
       </c>
-      <c r="H48" s="28" t="s">
-[...8 lines deleted...]
-      <c r="K48" s="32" t="s">
+      <c r="L48" s="25" t="s">
         <v>250</v>
       </c>
-      <c r="L48" s="25" t="s">
+      <c r="M48" s="26" t="s">
         <v>251</v>
       </c>
-      <c r="M48" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N48" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O48" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P48" s="25" t="s">
-        <v>754</v>
+        <v>739</v>
       </c>
       <c r="Q48" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R48" s="31"/>
     </row>
     <row r="49" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B49" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C49" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D49" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E49" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F49" s="25" t="s">
+        <v>252</v>
+      </c>
+      <c r="G49" s="26" t="s">
         <v>253</v>
       </c>
-      <c r="G49" s="26" t="s">
+      <c r="H49" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="I49" s="26" t="s">
+        <v>248</v>
+      </c>
+      <c r="J49" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K49" s="30" t="s">
         <v>254</v>
       </c>
-      <c r="H49" s="28" t="s">
+      <c r="L49" s="25" t="s">
         <v>255</v>
       </c>
-      <c r="I49" s="26" t="s">
+      <c r="M49" s="26" t="s">
         <v>256</v>
       </c>
-      <c r="J49" s="26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N49" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O49" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P49" s="25" t="s">
-        <v>755</v>
+        <v>740</v>
       </c>
       <c r="Q49" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R49" s="31"/>
     </row>
     <row r="50" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B50" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C50" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D50" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E50" s="26" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F50" s="25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F50" s="27" t="s">
+        <v>257</v>
+      </c>
+      <c r="G50" s="26" t="s">
+        <v>258</v>
+      </c>
+      <c r="H50" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="I50" s="26" t="s">
+        <v>248</v>
+      </c>
+      <c r="J50" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K50" s="29" t="s">
+        <v>259</v>
+      </c>
+      <c r="L50" s="25" t="s">
         <v>260</v>
       </c>
-      <c r="G50" s="26" t="s">
+      <c r="M50" s="26" t="s">
         <v>261</v>
       </c>
-      <c r="H50" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N50" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O50" s="26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>756</v>
+        <v>30</v>
+      </c>
+      <c r="P50" s="27" t="s">
+        <v>741</v>
       </c>
       <c r="Q50" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R50" s="31"/>
     </row>
     <row r="51" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B51" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C51" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D51" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E51" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F51" s="27" t="s">
+        <v>262</v>
+      </c>
+      <c r="G51" s="26" t="s">
+        <v>263</v>
+      </c>
+      <c r="H51" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="I51" s="26" t="s">
+        <v>248</v>
+      </c>
+      <c r="J51" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K51" s="29" t="s">
+        <v>264</v>
+      </c>
+      <c r="L51" s="25" t="s">
         <v>265</v>
       </c>
-      <c r="G51" s="26" t="s">
+      <c r="M51" s="26" t="s">
         <v>266</v>
       </c>
-      <c r="H51" s="28" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N51" s="26" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O51" s="26" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="P51" s="27" t="s">
-        <v>757</v>
+        <v>742</v>
       </c>
       <c r="Q51" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R51" s="31"/>
     </row>
-    <row r="52" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>671</v>
+    <row r="52" spans="1:18" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="41" t="s">
+        <v>655</v>
       </c>
       <c r="B52" s="25" t="s">
-        <v>668</v>
-[...20 lines deleted...]
-        <v>256</v>
+        <v>652</v>
+      </c>
+      <c r="C52" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D52" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E52" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F52" s="41" t="s">
+        <v>633</v>
+      </c>
+      <c r="G52" s="43">
+        <v>989</v>
+      </c>
+      <c r="H52" s="44" t="s">
+        <v>640</v>
+      </c>
+      <c r="I52" s="43" t="s">
+        <v>304</v>
       </c>
       <c r="J52" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K52" s="29" t="s">
-[...24 lines deleted...]
-        <v>671</v>
+      <c r="K52" s="45" t="s">
+        <v>638</v>
+      </c>
+      <c r="L52" s="41" t="s">
+        <v>639</v>
+      </c>
+      <c r="M52" s="46" t="s">
+        <v>690</v>
+      </c>
+      <c r="N52" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="O52" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P52" s="41" t="s">
+        <v>750</v>
+      </c>
+      <c r="Q52" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R52" s="47"/>
+    </row>
+    <row r="53" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="25" t="s">
+        <v>655</v>
       </c>
       <c r="B53" s="25" t="s">
-        <v>668</v>
-[...20 lines deleted...]
-        <v>312</v>
+        <v>652</v>
+      </c>
+      <c r="C53" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D53" s="25" t="s">
+        <v>637</v>
+      </c>
+      <c r="E53" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="F53" s="35" t="s">
+        <v>279</v>
+      </c>
+      <c r="G53" s="36">
+        <v>9589</v>
+      </c>
+      <c r="H53" s="37" t="s">
+        <v>624</v>
+      </c>
+      <c r="I53" s="26" t="s">
+        <v>624</v>
       </c>
       <c r="J53" s="26" t="s">
-        <v>14</v>
-[...24 lines deleted...]
-    <row r="54" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>304</v>
+      </c>
+      <c r="K53" s="36" t="s">
+        <v>304</v>
+      </c>
+      <c r="L53" s="25" t="s">
+        <v>280</v>
+      </c>
+      <c r="M53" s="36" t="s">
+        <v>760</v>
+      </c>
+      <c r="N53" s="26" t="s">
+        <v>761</v>
+      </c>
+      <c r="O53" s="26" t="s">
+        <v>281</v>
+      </c>
+      <c r="P53" s="27" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q53" s="25" t="s">
+        <v>304</v>
+      </c>
+      <c r="R53" s="25"/>
+    </row>
+    <row r="54" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B54" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C54" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D54" s="25" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="E54" s="26" t="s">
-        <v>289</v>
-[...8 lines deleted...]
-        <v>640</v>
+        <v>613</v>
+      </c>
+      <c r="F54" s="27" t="s">
+        <v>609</v>
+      </c>
+      <c r="G54" s="26">
+        <v>128</v>
+      </c>
+      <c r="H54" s="28">
+        <v>2668478</v>
       </c>
       <c r="I54" s="26" t="s">
-        <v>640</v>
+        <v>304</v>
       </c>
       <c r="J54" s="26" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>14</v>
+      </c>
+      <c r="K54" s="29" t="s">
+        <v>610</v>
       </c>
       <c r="L54" s="25" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>611</v>
+      </c>
+      <c r="M54" s="26" t="s">
+        <v>612</v>
       </c>
       <c r="N54" s="26" t="s">
-        <v>777</v>
+        <v>612</v>
       </c>
       <c r="O54" s="26" t="s">
-        <v>289</v>
+        <v>613</v>
       </c>
       <c r="P54" s="27" t="s">
-        <v>312</v>
-[...6 lines deleted...]
-    <row r="55" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>304</v>
+      </c>
+      <c r="Q54" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R54" s="39"/>
+    </row>
+    <row r="55" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B55" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C55" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D55" s="25" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="E55" s="26" t="s">
-        <v>626</v>
-[...23 lines deleted...]
-        <v>625</v>
+        <v>613</v>
+      </c>
+      <c r="F55" s="35" t="s">
+        <v>619</v>
+      </c>
+      <c r="G55" s="36">
+        <v>9253</v>
+      </c>
+      <c r="H55" s="37">
+        <v>2346970</v>
+      </c>
+      <c r="I55" s="40">
+        <v>605828142</v>
+      </c>
+      <c r="J55" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K55" s="38" t="s">
+        <v>620</v>
+      </c>
+      <c r="L55" s="33" t="s">
+        <v>621</v>
+      </c>
+      <c r="M55" s="36" t="s">
+        <v>612</v>
       </c>
       <c r="N55" s="26" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="O55" s="26" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="P55" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q55" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R55" s="39"/>
+        <v>304</v>
+      </c>
+      <c r="R55" s="31"/>
     </row>
     <row r="56" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B56" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C56" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D56" s="25" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="E56" s="26" t="s">
-        <v>626</v>
-[...23 lines deleted...]
-        <v>625</v>
+        <v>613</v>
+      </c>
+      <c r="F56" s="27" t="s">
+        <v>614</v>
+      </c>
+      <c r="G56" s="26">
+        <v>9422</v>
+      </c>
+      <c r="H56" s="28">
+        <v>2564354</v>
+      </c>
+      <c r="I56" s="26" t="s">
+        <v>615</v>
+      </c>
+      <c r="J56" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K56" s="29" t="s">
+        <v>616</v>
+      </c>
+      <c r="L56" s="25" t="s">
+        <v>617</v>
+      </c>
+      <c r="M56" s="26" t="s">
+        <v>618</v>
       </c>
       <c r="N56" s="26" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="O56" s="26" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="P56" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q56" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R56" s="31"/>
     </row>
     <row r="57" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B57" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C57" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D57" s="25" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="E57" s="26" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>289</v>
+      </c>
+      <c r="F57" s="25" t="s">
+        <v>296</v>
       </c>
       <c r="G57" s="26">
-        <v>9422</v>
-[...2 lines deleted...]
-        <v>2564354</v>
+        <v>9471</v>
+      </c>
+      <c r="H57" s="28" t="s">
+        <v>297</v>
       </c>
       <c r="I57" s="26" t="s">
-        <v>628</v>
+        <v>297</v>
       </c>
       <c r="J57" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K57" s="29" t="s">
-        <v>629</v>
+      <c r="K57" s="32" t="s">
+        <v>298</v>
       </c>
       <c r="L57" s="25" t="s">
-        <v>630</v>
+        <v>299</v>
       </c>
       <c r="M57" s="26" t="s">
-        <v>631</v>
+        <v>300</v>
       </c>
       <c r="N57" s="26" t="s">
-        <v>625</v>
+        <v>301</v>
       </c>
       <c r="O57" s="26" t="s">
-        <v>626</v>
+        <v>289</v>
       </c>
       <c r="P57" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q57" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R57" s="31"/>
     </row>
     <row r="58" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B58" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C58" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D58" s="25" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="E58" s="26" t="s">
-        <v>626</v>
-[...8 lines deleted...]
-        <v>13922778</v>
+        <v>289</v>
+      </c>
+      <c r="F58" s="35" t="s">
+        <v>290</v>
+      </c>
+      <c r="G58" s="36">
+        <v>9715</v>
+      </c>
+      <c r="H58" s="37" t="s">
+        <v>291</v>
       </c>
       <c r="I58" s="26" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-        <v>633</v>
+        <v>291</v>
+      </c>
+      <c r="J58" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K58" s="38" t="s">
+        <v>292</v>
       </c>
       <c r="L58" s="25" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>293</v>
+      </c>
+      <c r="M58" s="36" t="s">
+        <v>294</v>
       </c>
       <c r="N58" s="26" t="s">
-        <v>625</v>
+        <v>295</v>
       </c>
       <c r="O58" s="26" t="s">
-        <v>626</v>
+        <v>289</v>
       </c>
       <c r="P58" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q58" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R58" s="31"/>
     </row>
     <row r="59" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B59" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C59" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D59" s="25" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="E59" s="26" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>289</v>
+      </c>
+      <c r="F59" s="27" t="s">
+        <v>282</v>
       </c>
       <c r="G59" s="26">
-        <v>9471</v>
+        <v>9725</v>
       </c>
       <c r="H59" s="28" t="s">
-        <v>305</v>
+        <v>283</v>
       </c>
       <c r="I59" s="26" t="s">
-        <v>305</v>
-[...5 lines deleted...]
-        <v>306</v>
+        <v>284</v>
+      </c>
+      <c r="J59" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="K59" s="30" t="s">
+        <v>285</v>
       </c>
       <c r="L59" s="25" t="s">
-        <v>307</v>
+        <v>286</v>
       </c>
       <c r="M59" s="26" t="s">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="N59" s="26" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="O59" s="26" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>289</v>
+      </c>
+      <c r="P59" s="25" t="s">
+        <v>627</v>
       </c>
       <c r="Q59" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R59" s="31"/>
     </row>
     <row r="60" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B60" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C60" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D60" s="25" t="s">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="E60" s="26" t="s">
-        <v>297</v>
-[...8 lines deleted...]
-        <v>299</v>
+        <v>289</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>302</v>
+      </c>
+      <c r="G60" s="26">
+        <v>9727</v>
+      </c>
+      <c r="H60" s="28" t="s">
+        <v>303</v>
       </c>
       <c r="I60" s="26" t="s">
-        <v>299</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>304</v>
+      </c>
+      <c r="J60" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K60" s="30" t="s">
+        <v>305</v>
       </c>
       <c r="L60" s="25" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>306</v>
+      </c>
+      <c r="M60" s="26" t="s">
+        <v>623</v>
       </c>
       <c r="N60" s="26" t="s">
-        <v>303</v>
+        <v>288</v>
       </c>
       <c r="O60" s="26" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>289</v>
+      </c>
+      <c r="P60" s="25" t="s">
+        <v>628</v>
       </c>
       <c r="Q60" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R60" s="31"/>
     </row>
     <row r="61" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B61" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C61" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D61" s="25" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="E61" s="26" t="s">
-        <v>297</v>
+        <v>312</v>
       </c>
       <c r="F61" s="27" t="s">
-        <v>290</v>
+        <v>307</v>
       </c>
       <c r="G61" s="26">
-        <v>9725</v>
+        <v>9120</v>
       </c>
       <c r="H61" s="28" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="I61" s="26" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>304</v>
+      </c>
+      <c r="J61" s="48" t="s">
+        <v>304</v>
       </c>
       <c r="K61" s="30" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="L61" s="25" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="M61" s="26" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="N61" s="26" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="O61" s="26" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>312</v>
+      </c>
+      <c r="P61" s="27" t="s">
+        <v>304</v>
       </c>
       <c r="Q61" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R61" s="31"/>
     </row>
     <row r="62" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B62" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C62" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D62" s="25" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="E62" s="26" t="s">
-        <v>297</v>
-[...8 lines deleted...]
-        <v>311</v>
+        <v>318</v>
+      </c>
+      <c r="F62" s="35" t="s">
+        <v>322</v>
+      </c>
+      <c r="G62" s="36">
+        <v>9115</v>
+      </c>
+      <c r="H62" s="37">
+        <v>607102</v>
       </c>
       <c r="I62" s="26" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>323</v>
+      </c>
+      <c r="J62" s="48" t="s">
+        <v>304</v>
       </c>
       <c r="K62" s="30" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="L62" s="25" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>324</v>
+      </c>
+      <c r="M62" s="36" t="s">
+        <v>325</v>
       </c>
       <c r="N62" s="26" t="s">
-        <v>296</v>
+        <v>326</v>
       </c>
       <c r="O62" s="26" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>318</v>
+      </c>
+      <c r="P62" s="27" t="s">
+        <v>304</v>
       </c>
       <c r="Q62" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R62" s="31"/>
     </row>
     <row r="63" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B63" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C63" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D63" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E63" s="26" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="F63" s="27" t="s">
+        <v>318</v>
+      </c>
+      <c r="F63" s="35" t="s">
+        <v>313</v>
+      </c>
+      <c r="G63" s="36">
+        <v>9117</v>
+      </c>
+      <c r="H63" s="37">
+        <v>666543</v>
+      </c>
+      <c r="I63" s="26" t="s">
+        <v>314</v>
+      </c>
+      <c r="J63" s="48" t="s">
+        <v>304</v>
+      </c>
+      <c r="K63" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="L63" s="25" t="s">
         <v>315</v>
       </c>
-      <c r="G63" s="26">
-[...2 lines deleted...]
-      <c r="H63" s="28" t="s">
+      <c r="M63" s="36" t="s">
         <v>316</v>
       </c>
-      <c r="I63" s="26" t="s">
-[...8 lines deleted...]
-      <c r="L63" s="25" t="s">
+      <c r="N63" s="26" t="s">
         <v>317</v>
       </c>
-      <c r="M63" s="26" t="s">
+      <c r="O63" s="26" t="s">
         <v>318</v>
       </c>
-      <c r="N63" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P63" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q63" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R63" s="31"/>
     </row>
     <row r="64" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B64" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C64" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D64" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E64" s="26" t="s">
-        <v>326</v>
-[...8 lines deleted...]
-        <v>603741</v>
+        <v>318</v>
+      </c>
+      <c r="F64" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G64" s="36" t="s">
+        <v>319</v>
+      </c>
+      <c r="H64" s="37">
+        <v>518160</v>
       </c>
       <c r="I64" s="26" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="J64" s="48" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="K64" s="30" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="L64" s="25" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>321</v>
+      </c>
+      <c r="M64" s="36" t="s">
+        <v>316</v>
       </c>
       <c r="N64" s="26" t="s">
-        <v>325</v>
+        <v>649</v>
       </c>
       <c r="O64" s="26" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="P64" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q64" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R64" s="31"/>
     </row>
     <row r="65" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B65" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C65" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D65" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E65" s="26" t="s">
-        <v>326</v>
-[...8 lines deleted...]
-        <v>607102</v>
+        <v>373</v>
+      </c>
+      <c r="F65" s="25" t="s">
+        <v>374</v>
+      </c>
+      <c r="G65" s="26">
+        <v>9750</v>
+      </c>
+      <c r="H65" s="28">
+        <v>914551757</v>
       </c>
       <c r="I65" s="26" t="s">
-        <v>331</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>375</v>
+      </c>
+      <c r="J65" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K65" s="29" t="s">
+        <v>376</v>
       </c>
       <c r="L65" s="25" t="s">
-        <v>332</v>
-[...5 lines deleted...]
-        <v>334</v>
+        <v>377</v>
+      </c>
+      <c r="M65" s="41" t="s">
+        <v>691</v>
+      </c>
+      <c r="N65" s="41" t="s">
+        <v>692</v>
       </c>
       <c r="O65" s="26" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>373</v>
+      </c>
+      <c r="P65" s="25" t="s">
+        <v>378</v>
       </c>
       <c r="Q65" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R65" s="31"/>
     </row>
     <row r="66" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B66" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C66" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D66" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E66" s="26" t="s">
-        <v>326</v>
-[...8 lines deleted...]
-        <v>666543</v>
+        <v>373</v>
+      </c>
+      <c r="F66" s="25" t="s">
+        <v>389</v>
+      </c>
+      <c r="G66" s="26">
+        <v>9751</v>
+      </c>
+      <c r="H66" s="28">
+        <v>983995691</v>
       </c>
       <c r="I66" s="26" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>390</v>
+      </c>
+      <c r="J66" s="26" t="s">
+        <v>14</v>
       </c>
       <c r="K66" s="30" t="s">
-        <v>312</v>
+        <v>391</v>
       </c>
       <c r="L66" s="25" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>392</v>
+      </c>
+      <c r="M66" s="41" t="s">
+        <v>691</v>
+      </c>
+      <c r="N66" s="41" t="s">
+        <v>692</v>
       </c>
       <c r="O66" s="26" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>373</v>
+      </c>
+      <c r="P66" s="25" t="s">
+        <v>393</v>
       </c>
       <c r="Q66" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R66" s="31"/>
     </row>
     <row r="67" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B67" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C67" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D67" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E67" s="26" t="s">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="F67" s="35" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>379</v>
+      </c>
+      <c r="G67" s="36">
+        <v>9753</v>
       </c>
       <c r="H67" s="37">
-        <v>518160</v>
+        <v>970938974</v>
       </c>
       <c r="I67" s="26" t="s">
-        <v>328</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>380</v>
+      </c>
+      <c r="J67" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K67" s="38" t="s">
+        <v>381</v>
       </c>
       <c r="L67" s="25" t="s">
-        <v>329</v>
-[...5 lines deleted...]
-        <v>665</v>
+        <v>382</v>
+      </c>
+      <c r="M67" s="41" t="s">
+        <v>691</v>
+      </c>
+      <c r="N67" s="41" t="s">
+        <v>692</v>
       </c>
       <c r="O67" s="26" t="s">
-        <v>326</v>
+        <v>373</v>
       </c>
       <c r="P67" s="27" t="s">
-        <v>312</v>
+        <v>383</v>
       </c>
       <c r="Q67" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R67" s="31"/>
     </row>
     <row r="68" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B68" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C68" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D68" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E68" s="26" t="s">
+        <v>373</v>
+      </c>
+      <c r="F68" s="25" t="s">
         <v>384</v>
       </c>
-      <c r="F68" s="25" t="s">
+      <c r="G68" s="26">
+        <v>9757</v>
+      </c>
+      <c r="H68" s="28">
+        <v>982584027</v>
+      </c>
+      <c r="I68" s="26" t="s">
         <v>385</v>
       </c>
-      <c r="G68" s="26">
-[...5 lines deleted...]
-      <c r="I68" s="26" t="s">
+      <c r="J68" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K68" s="32" t="s">
         <v>386</v>
       </c>
-      <c r="J68" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="29" t="s">
+      <c r="L68" s="25" t="s">
         <v>387</v>
       </c>
-      <c r="L68" s="25" t="s">
+      <c r="M68" s="41" t="s">
+        <v>691</v>
+      </c>
+      <c r="N68" s="41" t="s">
+        <v>692</v>
+      </c>
+      <c r="O68" s="26" t="s">
+        <v>373</v>
+      </c>
+      <c r="P68" s="25" t="s">
         <v>388</v>
       </c>
-      <c r="M68" s="41" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="Q68" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R68" s="31"/>
     </row>
     <row r="69" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B69" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C69" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D69" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E69" s="26" t="s">
-        <v>384</v>
-[...8 lines deleted...]
-        <v>983995691</v>
+        <v>399</v>
+      </c>
+      <c r="F69" s="35" t="s">
+        <v>410</v>
+      </c>
+      <c r="G69" s="36">
+        <v>9850</v>
+      </c>
+      <c r="H69" s="37">
+        <v>365569059</v>
       </c>
       <c r="I69" s="26" t="s">
-        <v>401</v>
-[...14 lines deleted...]
-        <v>708</v>
+        <v>411</v>
+      </c>
+      <c r="J69" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K69" s="38" t="s">
+        <v>412</v>
+      </c>
+      <c r="L69" s="33" t="s">
+        <v>413</v>
+      </c>
+      <c r="M69" s="36" t="s">
+        <v>404</v>
+      </c>
+      <c r="N69" s="26" t="s">
+        <v>405</v>
       </c>
       <c r="O69" s="26" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>399</v>
+      </c>
+      <c r="P69" s="27" t="s">
+        <v>304</v>
       </c>
       <c r="Q69" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R69" s="31"/>
     </row>
     <row r="70" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B70" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C70" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D70" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E70" s="26" t="s">
-        <v>384</v>
+        <v>399</v>
       </c>
       <c r="F70" s="35" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="G70" s="36">
-        <v>9753</v>
+        <v>9851</v>
       </c>
       <c r="H70" s="37">
-        <v>970938974</v>
+        <v>365569303</v>
       </c>
       <c r="I70" s="26" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="J70" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K70" s="38" t="s">
-        <v>392</v>
-[...8 lines deleted...]
-        <v>708</v>
+        <v>402</v>
+      </c>
+      <c r="L70" s="33" t="s">
+        <v>403</v>
+      </c>
+      <c r="M70" s="36" t="s">
+        <v>404</v>
+      </c>
+      <c r="N70" s="26" t="s">
+        <v>405</v>
       </c>
       <c r="O70" s="26" t="s">
-        <v>384</v>
+        <v>399</v>
       </c>
       <c r="P70" s="27" t="s">
-        <v>394</v>
+        <v>304</v>
       </c>
       <c r="Q70" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R70" s="31"/>
     </row>
     <row r="71" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B71" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C71" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D71" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E71" s="26" t="s">
-        <v>384</v>
-[...8 lines deleted...]
-        <v>982584027</v>
+        <v>399</v>
+      </c>
+      <c r="F71" s="35" t="s">
+        <v>406</v>
+      </c>
+      <c r="G71" s="36">
+        <v>9852</v>
+      </c>
+      <c r="H71" s="37">
+        <v>365569415</v>
       </c>
       <c r="I71" s="26" t="s">
-        <v>396</v>
-[...14 lines deleted...]
-        <v>708</v>
+        <v>407</v>
+      </c>
+      <c r="J71" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K71" s="38" t="s">
+        <v>408</v>
+      </c>
+      <c r="L71" s="33" t="s">
+        <v>409</v>
+      </c>
+      <c r="M71" s="36" t="s">
+        <v>404</v>
+      </c>
+      <c r="N71" s="26" t="s">
+        <v>405</v>
       </c>
       <c r="O71" s="26" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="P71" s="25" t="s">
         <v>399</v>
       </c>
+      <c r="P71" s="27" t="s">
+        <v>304</v>
+      </c>
       <c r="Q71" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R71" s="31"/>
     </row>
     <row r="72" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B72" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C72" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D72" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E72" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F72" s="35" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="G72" s="36">
-        <v>9850</v>
-[...2 lines deleted...]
-        <v>365569059</v>
+        <v>9853</v>
+      </c>
+      <c r="H72" s="37" t="s">
+        <v>304</v>
       </c>
       <c r="I72" s="26" t="s">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="J72" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K72" s="38" t="s">
-        <v>424</v>
+        <v>438</v>
       </c>
       <c r="L72" s="33" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="M72" s="36" t="s">
-        <v>416</v>
+        <v>397</v>
       </c>
       <c r="N72" s="26" t="s">
-        <v>417</v>
+        <v>398</v>
       </c>
       <c r="O72" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P72" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q72" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R72" s="31"/>
     </row>
     <row r="73" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B73" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C73" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D73" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E73" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F73" s="35" t="s">
-        <v>412</v>
+        <v>770</v>
       </c>
       <c r="G73" s="36">
-        <v>9851</v>
-[...2 lines deleted...]
-        <v>365569303</v>
+        <v>9863</v>
+      </c>
+      <c r="H73" s="37" t="s">
+        <v>304</v>
       </c>
       <c r="I73" s="26" t="s">
-        <v>413</v>
+        <v>394</v>
       </c>
       <c r="J73" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K73" s="38" t="s">
-        <v>414</v>
+        <v>395</v>
       </c>
       <c r="L73" s="33" t="s">
-        <v>415</v>
+        <v>396</v>
       </c>
       <c r="M73" s="36" t="s">
-        <v>416</v>
+        <v>397</v>
       </c>
       <c r="N73" s="26" t="s">
-        <v>417</v>
+        <v>398</v>
       </c>
       <c r="O73" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P73" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q73" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R73" s="31"/>
     </row>
     <row r="74" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B74" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C74" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D74" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E74" s="26" t="s">
-        <v>411</v>
-[...8 lines deleted...]
-        <v>365569415</v>
+        <v>399</v>
+      </c>
+      <c r="F74" s="25" t="s">
+        <v>449</v>
+      </c>
+      <c r="G74" s="26">
+        <v>9866</v>
+      </c>
+      <c r="H74" s="28" t="s">
+        <v>304</v>
       </c>
       <c r="I74" s="26" t="s">
-        <v>419</v>
-[...11 lines deleted...]
-        <v>416</v>
+        <v>450</v>
+      </c>
+      <c r="J74" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K74" s="29" t="s">
+        <v>451</v>
+      </c>
+      <c r="L74" s="25" t="s">
+        <v>452</v>
+      </c>
+      <c r="M74" s="26" t="s">
+        <v>453</v>
       </c>
       <c r="N74" s="26" t="s">
-        <v>417</v>
+        <v>454</v>
       </c>
       <c r="O74" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P74" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q74" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R74" s="31"/>
     </row>
     <row r="75" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B75" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C75" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D75" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E75" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F75" s="35" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>9853</v>
+        <v>424</v>
+      </c>
+      <c r="G75" s="36" t="s">
+        <v>425</v>
       </c>
       <c r="H75" s="37" t="s">
-        <v>312</v>
+        <v>416</v>
       </c>
       <c r="I75" s="26" t="s">
-        <v>449</v>
+        <v>417</v>
       </c>
       <c r="J75" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K75" s="38" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="L75" s="33" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="M75" s="36" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="N75" s="26" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="O75" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P75" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q75" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R75" s="31"/>
     </row>
     <row r="76" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B76" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C76" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D76" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E76" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F76" s="35" t="s">
+        <v>414</v>
+      </c>
+      <c r="G76" s="36" t="s">
+        <v>415</v>
+      </c>
+      <c r="H76" s="37" t="s">
+        <v>416</v>
+      </c>
+      <c r="I76" s="26" t="s">
+        <v>417</v>
+      </c>
+      <c r="J76" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K76" s="38" t="s">
+        <v>418</v>
+      </c>
+      <c r="L76" s="33" t="s">
+        <v>419</v>
+      </c>
+      <c r="M76" s="36" t="s">
+        <v>404</v>
+      </c>
+      <c r="N76" s="26" t="s">
         <v>405</v>
       </c>
-      <c r="G76" s="36">
-[...22 lines deleted...]
-      </c>
       <c r="O76" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P76" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q76" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R76" s="31"/>
     </row>
     <row r="77" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B77" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C77" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D77" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E77" s="26" t="s">
-        <v>411</v>
-[...8 lines deleted...]
-        <v>312</v>
+        <v>399</v>
+      </c>
+      <c r="F77" s="35" t="s">
+        <v>420</v>
+      </c>
+      <c r="G77" s="36" t="s">
+        <v>421</v>
+      </c>
+      <c r="H77" s="37" t="s">
+        <v>416</v>
       </c>
       <c r="I77" s="26" t="s">
-        <v>462</v>
-[...11 lines deleted...]
-        <v>465</v>
+        <v>417</v>
+      </c>
+      <c r="J77" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K77" s="38" t="s">
+        <v>422</v>
+      </c>
+      <c r="L77" s="33" t="s">
+        <v>423</v>
+      </c>
+      <c r="M77" s="36" t="s">
+        <v>404</v>
       </c>
       <c r="N77" s="26" t="s">
-        <v>466</v>
+        <v>405</v>
       </c>
       <c r="O77" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P77" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q77" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R77" s="31"/>
     </row>
     <row r="78" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B78" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C78" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D78" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E78" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F78" s="35" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="G78" s="36" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="H78" s="37" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="I78" s="26" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="J78" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K78" s="38" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="L78" s="33" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="M78" s="36" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="N78" s="26" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="O78" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P78" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q78" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R78" s="31"/>
     </row>
     <row r="79" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B79" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C79" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D79" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E79" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="F79" s="35" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="G79" s="36" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="H79" s="37" t="s">
-        <v>428</v>
+        <v>416</v>
       </c>
       <c r="I79" s="26" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="J79" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K79" s="38" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="L79" s="33" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="M79" s="36" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
       <c r="N79" s="26" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="O79" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P79" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q79" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R79" s="31"/>
     </row>
     <row r="80" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B80" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C80" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D80" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E80" s="26" t="s">
-        <v>411</v>
-[...8 lines deleted...]
-        <v>428</v>
+        <v>399</v>
+      </c>
+      <c r="F80" s="25" t="s">
+        <v>445</v>
+      </c>
+      <c r="G80" s="26" t="s">
+        <v>446</v>
+      </c>
+      <c r="H80" s="28">
+        <v>271990231</v>
       </c>
       <c r="I80" s="26" t="s">
-        <v>429</v>
-[...11 lines deleted...]
-        <v>416</v>
+        <v>442</v>
+      </c>
+      <c r="J80" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K80" s="29" t="s">
+        <v>447</v>
+      </c>
+      <c r="L80" s="25" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" s="26" t="s">
+        <v>404</v>
       </c>
       <c r="N80" s="26" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="O80" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P80" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q80" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R80" s="31"/>
     </row>
     <row r="81" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B81" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C81" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D81" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E81" s="26" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="F81" s="35" t="s">
+        <v>399</v>
+      </c>
+      <c r="F81" s="27" t="s">
         <v>440</v>
       </c>
-      <c r="G81" s="36" t="s">
+      <c r="G81" s="26" t="s">
         <v>441</v>
       </c>
-      <c r="H81" s="37" t="s">
-        <v>428</v>
+      <c r="H81" s="28">
+        <v>271990231</v>
       </c>
       <c r="I81" s="26" t="s">
-        <v>429</v>
-[...4 lines deleted...]
-      <c r="K81" s="38" t="s">
         <v>442</v>
       </c>
-      <c r="L81" s="33" t="s">
+      <c r="J81" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K81" s="29" t="s">
         <v>443</v>
       </c>
-      <c r="M81" s="36" t="s">
-        <v>416</v>
+      <c r="L81" s="25" t="s">
+        <v>444</v>
+      </c>
+      <c r="M81" s="26" t="s">
+        <v>404</v>
       </c>
       <c r="N81" s="26" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="O81" s="26" t="s">
-        <v>411</v>
+        <v>399</v>
       </c>
       <c r="P81" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q81" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R81" s="31"/>
     </row>
     <row r="82" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B82" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C82" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D82" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E82" s="26" t="s">
-        <v>411</v>
+        <v>456</v>
       </c>
       <c r="F82" s="35" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>445</v>
+        <v>457</v>
+      </c>
+      <c r="G82" s="36">
+        <v>9434</v>
       </c>
       <c r="H82" s="37" t="s">
-        <v>428</v>
+        <v>458</v>
       </c>
       <c r="I82" s="26" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="J82" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K82" s="38" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
       <c r="L82" s="33" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="M82" s="36" t="s">
-        <v>416</v>
+        <v>462</v>
       </c>
       <c r="N82" s="26" t="s">
-        <v>417</v>
+        <v>455</v>
       </c>
       <c r="O82" s="26" t="s">
-        <v>411</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>456</v>
+      </c>
+      <c r="P82" s="25" t="s">
+        <v>463</v>
+      </c>
+      <c r="Q82" s="25">
+        <v>5564789674</v>
       </c>
       <c r="R82" s="31"/>
     </row>
     <row r="83" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B83" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C83" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D83" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E83" s="26" t="s">
+        <v>456</v>
+      </c>
+      <c r="F83" s="35" t="s">
+        <v>464</v>
+      </c>
+      <c r="G83" s="36">
+        <v>9552</v>
+      </c>
+      <c r="H83" s="37" t="s">
+        <v>465</v>
+      </c>
+      <c r="I83" s="26" t="s">
+        <v>466</v>
+      </c>
+      <c r="J83" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K83" s="38" t="s">
+        <v>467</v>
+      </c>
+      <c r="L83" s="33" t="s">
+        <v>468</v>
+      </c>
+      <c r="M83" s="36" t="s">
+        <v>469</v>
+      </c>
+      <c r="N83" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="O83" s="26" t="s">
+        <v>456</v>
+      </c>
+      <c r="P83" s="25" t="s">
         <v>657</v>
       </c>
-      <c r="E83" s="26" t="s">
-[...36 lines deleted...]
-        <v>312</v>
+      <c r="Q83" s="31">
+        <v>5567463087</v>
       </c>
       <c r="R83" s="31"/>
     </row>
-    <row r="84" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B84" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C84" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D84" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E84" s="26" t="s">
-        <v>411</v>
-[...8 lines deleted...]
-        <v>271990231</v>
+        <v>456</v>
+      </c>
+      <c r="F84" s="35" t="s">
+        <v>470</v>
+      </c>
+      <c r="G84" s="36">
+        <v>9773</v>
+      </c>
+      <c r="H84" s="37" t="s">
+        <v>471</v>
       </c>
       <c r="I84" s="26" t="s">
-        <v>454</v>
-[...7 lines deleted...]
-      <c r="L84" s="25" t="s">
+        <v>472</v>
+      </c>
+      <c r="J84" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K84" s="38" t="s">
+        <v>473</v>
+      </c>
+      <c r="L84" s="33" t="s">
+        <v>474</v>
+      </c>
+      <c r="M84" s="36" t="s">
+        <v>475</v>
+      </c>
+      <c r="N84" s="26" t="s">
+        <v>476</v>
+      </c>
+      <c r="O84" s="26" t="s">
         <v>456</v>
       </c>
-      <c r="M84" s="26" t="s">
-[...14 lines deleted...]
-      <c r="R84" s="31"/>
+      <c r="P84" s="35" t="s">
+        <v>477</v>
+      </c>
+      <c r="Q84" s="31">
+        <v>5592889439</v>
+      </c>
+      <c r="R84" s="42"/>
     </row>
     <row r="85" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B85" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C85" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D85" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E85" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F85" s="35" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="G85" s="36">
-        <v>9434</v>
+        <v>9830</v>
       </c>
       <c r="H85" s="37" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="I85" s="26" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="J85" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K85" s="38" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="L85" s="33" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="M85" s="36" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="N85" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O85" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>5564789674</v>
+        <v>456</v>
+      </c>
+      <c r="P85" s="35" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q85" s="31">
+        <v>5593137440</v>
       </c>
       <c r="R85" s="31"/>
     </row>
     <row r="86" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B86" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C86" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D86" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E86" s="26" t="s">
+        <v>456</v>
+      </c>
+      <c r="F86" s="35" t="s">
+        <v>485</v>
+      </c>
+      <c r="G86" s="36">
+        <v>9832</v>
+      </c>
+      <c r="H86" s="37" t="s">
+        <v>486</v>
+      </c>
+      <c r="I86" s="26" t="s">
+        <v>487</v>
+      </c>
+      <c r="J86" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K86" s="38" t="s">
+        <v>488</v>
+      </c>
+      <c r="L86" s="33" t="s">
+        <v>489</v>
+      </c>
+      <c r="M86" s="36" t="s">
+        <v>490</v>
+      </c>
+      <c r="N86" s="26" t="s">
+        <v>455</v>
+      </c>
+      <c r="O86" s="26" t="s">
+        <v>456</v>
+      </c>
+      <c r="P86" s="27" t="s">
         <v>658</v>
       </c>
-      <c r="D86" s="25" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="Q86" s="31">
-        <v>5567463087</v>
+        <v>5593137309</v>
       </c>
       <c r="R86" s="31"/>
     </row>
-    <row r="87" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B87" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C87" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D87" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E87" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F87" s="35" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="G87" s="36">
-        <v>9773</v>
+        <v>9833</v>
       </c>
       <c r="H87" s="37" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="I87" s="26" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="J87" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K87" s="38" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="L87" s="33" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="M87" s="36" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="N87" s="26" t="s">
-        <v>488</v>
+        <v>455</v>
       </c>
       <c r="O87" s="26" t="s">
-        <v>468</v>
-[...7 lines deleted...]
-      <c r="R87" s="42"/>
+        <v>456</v>
+      </c>
+      <c r="P87" s="25" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q87" s="25">
+        <v>5593851958</v>
+      </c>
+      <c r="R87" s="31"/>
     </row>
     <row r="88" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B88" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C88" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D88" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E88" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>491</v>
+        <v>456</v>
+      </c>
+      <c r="F88" s="27" t="s">
+        <v>497</v>
+      </c>
+      <c r="G88" s="26">
+        <v>9835</v>
+      </c>
+      <c r="H88" s="28" t="s">
+        <v>498</v>
       </c>
       <c r="I88" s="26" t="s">
-        <v>492</v>
-[...11 lines deleted...]
-        <v>495</v>
+        <v>499</v>
+      </c>
+      <c r="J88" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K88" s="29" t="s">
+        <v>500</v>
+      </c>
+      <c r="L88" s="25" t="s">
+        <v>501</v>
+      </c>
+      <c r="M88" s="26" t="s">
+        <v>502</v>
       </c>
       <c r="N88" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O88" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>5593137440</v>
+        <v>456</v>
+      </c>
+      <c r="P88" s="25" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q88" s="25">
+        <v>5593851974</v>
       </c>
       <c r="R88" s="31"/>
     </row>
     <row r="89" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B89" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C89" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D89" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E89" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F89" s="35" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="G89" s="36">
-        <v>9832</v>
+        <v>9870</v>
       </c>
       <c r="H89" s="37" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="I89" s="26" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="J89" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K89" s="38" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>507</v>
+      </c>
+      <c r="L89" s="25" t="s">
+        <v>508</v>
       </c>
       <c r="M89" s="36" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="N89" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O89" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="P89" s="27" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>5593137309</v>
+        <v>660</v>
+      </c>
+      <c r="Q89" s="27" t="s">
+        <v>661</v>
       </c>
       <c r="R89" s="31"/>
     </row>
     <row r="90" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B90" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C90" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D90" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E90" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>456</v>
+      </c>
+      <c r="F90" s="25" t="s">
+        <v>510</v>
+      </c>
+      <c r="G90" s="26">
+        <v>9881</v>
+      </c>
+      <c r="H90" s="28" t="s">
+        <v>511</v>
       </c>
       <c r="I90" s="26" t="s">
-        <v>505</v>
-[...11 lines deleted...]
-        <v>508</v>
+        <v>512</v>
+      </c>
+      <c r="J90" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K90" s="32" t="s">
+        <v>513</v>
+      </c>
+      <c r="L90" s="25" t="s">
+        <v>514</v>
+      </c>
+      <c r="M90" s="26" t="s">
+        <v>515</v>
       </c>
       <c r="N90" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O90" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="P90" s="25" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>5593851958</v>
+        <v>516</v>
+      </c>
+      <c r="Q90" s="31">
+        <v>5594388257</v>
       </c>
       <c r="R90" s="31"/>
     </row>
     <row r="91" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B91" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C91" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D91" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E91" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>456</v>
+      </c>
+      <c r="F91" s="25" t="s">
+        <v>517</v>
       </c>
       <c r="G91" s="26">
-        <v>9835</v>
+        <v>9882</v>
       </c>
       <c r="H91" s="28" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="I91" s="26" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="J91" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K91" s="29" t="s">
-        <v>512</v>
+      <c r="K91" s="32" t="s">
+        <v>520</v>
       </c>
       <c r="L91" s="25" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="M91" s="26" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="N91" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O91" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="P91" s="25" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>5593851974</v>
+        <v>523</v>
+      </c>
+      <c r="Q91" s="31" t="s">
+        <v>524</v>
       </c>
       <c r="R91" s="31"/>
     </row>
     <row r="92" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B92" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C92" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D92" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E92" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>517</v>
+        <v>456</v>
+      </c>
+      <c r="F92" s="25" t="s">
+        <v>525</v>
+      </c>
+      <c r="G92" s="26">
+        <v>9883</v>
+      </c>
+      <c r="H92" s="28" t="s">
+        <v>526</v>
       </c>
       <c r="I92" s="26" t="s">
-        <v>518</v>
-[...5 lines deleted...]
-        <v>519</v>
+        <v>527</v>
+      </c>
+      <c r="J92" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K92" s="32" t="s">
+        <v>528</v>
       </c>
       <c r="L92" s="25" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>529</v>
+      </c>
+      <c r="M92" s="26" t="s">
+        <v>530</v>
       </c>
       <c r="N92" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O92" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>677</v>
+        <v>456</v>
+      </c>
+      <c r="P92" s="25" t="s">
+        <v>531</v>
+      </c>
+      <c r="Q92" s="31" t="s">
+        <v>532</v>
       </c>
       <c r="R92" s="31"/>
     </row>
     <row r="93" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B93" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C93" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D93" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E93" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>456</v>
+      </c>
+      <c r="F93" s="27" t="s">
+        <v>771</v>
       </c>
       <c r="G93" s="26">
-        <v>9881</v>
+        <v>9887</v>
       </c>
       <c r="H93" s="28" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="I93" s="26" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="J93" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K93" s="32" t="s">
-        <v>525</v>
+      <c r="K93" s="29" t="s">
+        <v>536</v>
       </c>
       <c r="L93" s="25" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="M93" s="26" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="N93" s="26" t="s">
-        <v>467</v>
+        <v>533</v>
       </c>
       <c r="O93" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>456</v>
+      </c>
+      <c r="P93" s="27" t="s">
+        <v>539</v>
       </c>
       <c r="Q93" s="31">
-        <v>5594388257</v>
+        <v>5594455551</v>
       </c>
       <c r="R93" s="31"/>
     </row>
     <row r="94" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B94" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C94" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D94" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E94" s="26" t="s">
-        <v>468</v>
-[...19 lines deleted...]
-      <c r="L94" s="25" t="s">
+        <v>456</v>
+      </c>
+      <c r="F94" s="35" t="s">
+        <v>540</v>
+      </c>
+      <c r="G94" s="36">
+        <v>9890</v>
+      </c>
+      <c r="H94" s="37" t="s">
+        <v>541</v>
+      </c>
+      <c r="I94" s="40" t="s">
+        <v>542</v>
+      </c>
+      <c r="J94" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K94" s="38" t="s">
+        <v>543</v>
+      </c>
+      <c r="L94" s="33" t="s">
+        <v>544</v>
+      </c>
+      <c r="M94" s="36" t="s">
+        <v>545</v>
+      </c>
+      <c r="N94" s="26" t="s">
         <v>533</v>
       </c>
-      <c r="M94" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O94" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>536</v>
+        <v>456</v>
+      </c>
+      <c r="P94" s="27" t="s">
+        <v>546</v>
+      </c>
+      <c r="Q94" s="31">
+        <v>5594455544</v>
       </c>
       <c r="R94" s="31"/>
     </row>
     <row r="95" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B95" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C95" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D95" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E95" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>538</v>
+        <v>456</v>
+      </c>
+      <c r="F95" s="35" t="s">
+        <v>547</v>
+      </c>
+      <c r="G95" s="36" t="s">
+        <v>548</v>
+      </c>
+      <c r="H95" s="37" t="s">
+        <v>549</v>
       </c>
       <c r="I95" s="26" t="s">
-        <v>539</v>
-[...11 lines deleted...]
-        <v>542</v>
+        <v>550</v>
+      </c>
+      <c r="J95" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K95" s="38" t="s">
+        <v>551</v>
+      </c>
+      <c r="L95" s="33" t="s">
+        <v>552</v>
+      </c>
+      <c r="M95" s="36" t="s">
+        <v>553</v>
       </c>
       <c r="N95" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O95" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>456</v>
+      </c>
+      <c r="P95" s="27" t="s">
+        <v>759</v>
       </c>
       <c r="Q95" s="31" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="R95" s="31"/>
     </row>
     <row r="96" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B96" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C96" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D96" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E96" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>547</v>
+        <v>456</v>
+      </c>
+      <c r="F96" s="35" t="s">
+        <v>555</v>
+      </c>
+      <c r="G96" s="36" t="s">
+        <v>556</v>
+      </c>
+      <c r="H96" s="37" t="s">
+        <v>549</v>
       </c>
       <c r="I96" s="26" t="s">
-        <v>548</v>
-[...7 lines deleted...]
-      <c r="L96" s="25" t="s">
         <v>550</v>
       </c>
-      <c r="M96" s="26" t="s">
-        <v>551</v>
+      <c r="J96" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="K96" s="38" t="s">
+        <v>557</v>
+      </c>
+      <c r="L96" s="33" t="s">
+        <v>558</v>
+      </c>
+      <c r="M96" s="36" t="s">
+        <v>559</v>
       </c>
       <c r="N96" s="26" t="s">
-        <v>545</v>
+        <v>455</v>
       </c>
       <c r="O96" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>5594455551</v>
+        <v>456</v>
+      </c>
+      <c r="P96" s="25" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q96" s="31" t="s">
+        <v>304</v>
       </c>
       <c r="R96" s="31"/>
     </row>
     <row r="97" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B97" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C97" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D97" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E97" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F97" s="35" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>9890</v>
+        <v>629</v>
+      </c>
+      <c r="G97" s="36" t="s">
+        <v>560</v>
       </c>
       <c r="H97" s="37" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>549</v>
+      </c>
+      <c r="I97" s="26" t="s">
+        <v>550</v>
       </c>
       <c r="J97" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K97" s="38" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="L97" s="33" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="M97" s="36" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="N97" s="26" t="s">
-        <v>545</v>
+        <v>455</v>
       </c>
       <c r="O97" s="26" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>5594455544</v>
+        <v>456</v>
+      </c>
+      <c r="P97" s="25" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q97" s="31" t="s">
+        <v>304</v>
       </c>
       <c r="R97" s="31"/>
     </row>
     <row r="98" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B98" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C98" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D98" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E98" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F98" s="35" t="s">
-        <v>560</v>
+        <v>630</v>
       </c>
       <c r="G98" s="36" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="H98" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I98" s="26" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="J98" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K98" s="38" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="L98" s="33" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M98" s="36" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N98" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O98" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P98" s="25" t="s">
+        <v>759</v>
       </c>
       <c r="Q98" s="31" t="s">
-        <v>567</v>
+        <v>304</v>
       </c>
       <c r="R98" s="31"/>
     </row>
-    <row r="99" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B99" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C99" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D99" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E99" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F99" s="35" t="s">
+        <v>631</v>
+      </c>
+      <c r="G99" s="36" t="s">
         <v>568</v>
       </c>
-      <c r="G99" s="36" t="s">
+      <c r="H99" s="37" t="s">
+        <v>549</v>
+      </c>
+      <c r="I99" s="26" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>563</v>
       </c>
       <c r="J99" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K99" s="38" t="s">
         <v>570</v>
       </c>
       <c r="L99" s="33" t="s">
         <v>571</v>
       </c>
       <c r="M99" s="36" t="s">
         <v>572</v>
       </c>
       <c r="N99" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O99" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P99" s="35" t="s">
+        <v>759</v>
       </c>
       <c r="Q99" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R99" s="31"/>
+        <v>304</v>
+      </c>
+      <c r="R99" s="42"/>
     </row>
     <row r="100" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B100" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C100" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D100" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E100" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F100" s="35" t="s">
-        <v>645</v>
+        <v>573</v>
       </c>
       <c r="G100" s="36" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H100" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I100" s="26" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="J100" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K100" s="38" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="L100" s="33" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M100" s="36" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N100" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O100" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P100" s="35" t="s">
+        <v>759</v>
       </c>
       <c r="Q100" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R100" s="31"/>
     </row>
     <row r="101" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B101" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C101" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D101" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E101" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F101" s="35" t="s">
-        <v>646</v>
+        <v>578</v>
       </c>
       <c r="G101" s="36" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="H101" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I101" s="26" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="J101" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K101" s="38" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="L101" s="33" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="M101" s="36" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="N101" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O101" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P101" s="35" t="s">
+        <v>759</v>
       </c>
       <c r="Q101" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R101" s="31"/>
     </row>
-    <row r="102" spans="1:18" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B102" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C102" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D102" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E102" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F102" s="35" t="s">
-        <v>647</v>
+        <v>583</v>
       </c>
       <c r="G102" s="36" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H102" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I102" s="26" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="J102" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K102" s="38" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="L102" s="33" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="M102" s="36" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="N102" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O102" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P102" s="27" t="s">
+        <v>759</v>
       </c>
       <c r="Q102" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R102" s="42"/>
+        <v>304</v>
+      </c>
+      <c r="R102" s="31"/>
     </row>
     <row r="103" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B103" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C103" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D103" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E103" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F103" s="35" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="G103" s="36" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H103" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I103" s="26" t="s">
-        <v>582</v>
+        <v>550</v>
       </c>
       <c r="J103" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K103" s="38" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="L103" s="33" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="M103" s="36" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="N103" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O103" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P103" s="31" t="s">
+        <v>759</v>
       </c>
       <c r="Q103" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R103" s="31"/>
     </row>
     <row r="104" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B104" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C104" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D104" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E104" s="26" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="F104" s="35" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="G104" s="36" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H104" s="37" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="I104" s="26" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="J104" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K104" s="38" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="L104" s="33" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M104" s="36" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="N104" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O104" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P104" s="31" t="s">
+        <v>759</v>
       </c>
       <c r="Q104" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R104" s="31"/>
     </row>
     <row r="105" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B105" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C105" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D105" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E105" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>562</v>
+        <v>456</v>
+      </c>
+      <c r="F105" s="27" t="s">
+        <v>598</v>
+      </c>
+      <c r="G105" s="26" t="s">
+        <v>599</v>
+      </c>
+      <c r="H105" s="28" t="s">
+        <v>549</v>
       </c>
       <c r="I105" s="26" t="s">
-        <v>582</v>
-[...10 lines deleted...]
-      <c r="M105" s="36" t="s">
+        <v>550</v>
+      </c>
+      <c r="J105" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K105" s="29" t="s">
         <v>600</v>
       </c>
+      <c r="L105" s="25" t="s">
+        <v>601</v>
+      </c>
+      <c r="M105" s="26" t="s">
+        <v>602</v>
+      </c>
       <c r="N105" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O105" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>456</v>
+      </c>
+      <c r="P105" s="25" t="s">
+        <v>759</v>
       </c>
       <c r="Q105" s="31" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R105" s="31"/>
     </row>
-    <row r="106" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B106" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C106" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D106" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E106" s="26" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>562</v>
+        <v>456</v>
+      </c>
+      <c r="F106" s="25" t="s">
+        <v>603</v>
+      </c>
+      <c r="G106" s="26" t="s">
+        <v>604</v>
+      </c>
+      <c r="H106" s="28" t="s">
+        <v>605</v>
       </c>
       <c r="I106" s="26" t="s">
-        <v>563</v>
-[...11 lines deleted...]
-        <v>605</v>
+        <v>606</v>
+      </c>
+      <c r="J106" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K106" s="29" t="s">
+        <v>622</v>
+      </c>
+      <c r="L106" s="25" t="s">
+        <v>607</v>
+      </c>
+      <c r="M106" s="26" t="s">
+        <v>608</v>
       </c>
       <c r="N106" s="26" t="s">
-        <v>467</v>
+        <v>455</v>
       </c>
       <c r="O106" s="26" t="s">
-        <v>468</v>
-[...9 lines deleted...]
-    <row r="107" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>456</v>
+      </c>
+      <c r="P106" s="25" t="s">
+        <v>762</v>
+      </c>
+      <c r="Q106" s="31">
+        <v>5565490678</v>
+      </c>
+      <c r="R106" s="39"/>
+    </row>
+    <row r="107" spans="1:18" s="8" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A107" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B107" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C107" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D107" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E107" s="26" t="s">
-        <v>468</v>
+        <v>372</v>
       </c>
       <c r="F107" s="35" t="s">
-        <v>606</v>
+        <v>365</v>
       </c>
       <c r="G107" s="36" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>366</v>
+      </c>
+      <c r="H107" s="37">
+        <v>61499404</v>
       </c>
       <c r="I107" s="26" t="s">
-        <v>582</v>
+        <v>367</v>
       </c>
       <c r="J107" s="36" t="s">
         <v>14</v>
       </c>
       <c r="K107" s="38" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>368</v>
+      </c>
+      <c r="L107" s="25" t="s">
+        <v>369</v>
       </c>
       <c r="M107" s="36" t="s">
-        <v>610</v>
+        <v>370</v>
       </c>
       <c r="N107" s="26" t="s">
-        <v>467</v>
+        <v>371</v>
       </c>
       <c r="O107" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>372</v>
+      </c>
+      <c r="P107" s="27" t="s">
+        <v>304</v>
       </c>
       <c r="Q107" s="31" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-    <row r="108" spans="1:18" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>304</v>
+      </c>
+      <c r="R107" s="49"/>
+    </row>
+    <row r="108" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A108" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B108" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C108" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D108" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E108" s="26" t="s">
-        <v>468</v>
-[...17 lines deleted...]
-        <v>613</v>
+        <v>332</v>
+      </c>
+      <c r="F108" s="48" t="s">
+        <v>361</v>
+      </c>
+      <c r="G108" s="50">
+        <v>9118</v>
+      </c>
+      <c r="H108" s="51">
+        <v>61244643</v>
+      </c>
+      <c r="I108" s="50" t="s">
+        <v>362</v>
+      </c>
+      <c r="J108" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K108" s="50" t="s">
+        <v>363</v>
       </c>
       <c r="L108" s="25" t="s">
-        <v>614</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>364</v>
+      </c>
+      <c r="M108" s="48" t="s">
+        <v>330</v>
+      </c>
+      <c r="N108" s="48" t="s">
+        <v>331</v>
       </c>
       <c r="O108" s="26" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>332</v>
+      </c>
+      <c r="P108" s="27" t="s">
+        <v>304</v>
       </c>
       <c r="Q108" s="31" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-    <row r="109" spans="1:18" s="7" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>304</v>
+      </c>
+      <c r="R108" s="49"/>
+    </row>
+    <row r="109" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A109" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B109" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C109" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D109" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E109" s="26" t="s">
-        <v>468</v>
-[...17 lines deleted...]
-        <v>638</v>
+        <v>332</v>
+      </c>
+      <c r="F109" s="48" t="s">
+        <v>358</v>
+      </c>
+      <c r="G109" s="50">
+        <v>9119</v>
+      </c>
+      <c r="H109" s="51">
+        <v>58911219</v>
+      </c>
+      <c r="I109" s="50" t="s">
+        <v>304</v>
+      </c>
+      <c r="J109" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K109" s="50" t="s">
+        <v>359</v>
       </c>
       <c r="L109" s="25" t="s">
-        <v>620</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>360</v>
+      </c>
+      <c r="M109" s="48" t="s">
+        <v>330</v>
+      </c>
+      <c r="N109" s="48" t="s">
+        <v>331</v>
       </c>
       <c r="O109" s="26" t="s">
-        <v>468</v>
-[...61 lines deleted...]
-      <c r="R110" s="56"/>
+        <v>332</v>
+      </c>
+      <c r="P109" s="27" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q109" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R109" s="49"/>
+    </row>
+    <row r="110" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A110" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B110" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C110" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D110" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E110" s="26" t="s">
+        <v>332</v>
+      </c>
+      <c r="F110" s="48" t="s">
+        <v>347</v>
+      </c>
+      <c r="G110" s="50">
+        <v>9231</v>
+      </c>
+      <c r="H110" s="51">
+        <v>24184798</v>
+      </c>
+      <c r="I110" s="50" t="s">
+        <v>348</v>
+      </c>
+      <c r="J110" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K110" s="50" t="s">
+        <v>349</v>
+      </c>
+      <c r="L110" s="25" t="s">
+        <v>350</v>
+      </c>
+      <c r="M110" s="48" t="s">
+        <v>330</v>
+      </c>
+      <c r="N110" s="48" t="s">
+        <v>331</v>
+      </c>
+      <c r="O110" s="26" t="s">
+        <v>332</v>
+      </c>
+      <c r="P110" s="27" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q110" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R110" s="49"/>
     </row>
     <row r="111" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A111" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B111" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C111" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D111" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E111" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="F111" s="48" t="s">
-        <v>372</v>
-[...8 lines deleted...]
-        <v>373</v>
+        <v>351</v>
+      </c>
+      <c r="G111" s="50">
+        <v>9539</v>
+      </c>
+      <c r="H111" s="51">
+        <v>34265034</v>
+      </c>
+      <c r="I111" s="50" t="s">
+        <v>653</v>
       </c>
       <c r="J111" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K111" s="57" t="s">
-        <v>374</v>
+      <c r="K111" s="50" t="s">
+        <v>352</v>
       </c>
       <c r="L111" s="25" t="s">
-        <v>375</v>
+        <v>353</v>
       </c>
       <c r="M111" s="48" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="N111" s="48" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="O111" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="P111" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q111" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R111" s="56"/>
+        <v>304</v>
+      </c>
+      <c r="R111" s="49"/>
     </row>
     <row r="112" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A112" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B112" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C112" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D112" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E112" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="F112" s="48" t="s">
-        <v>369</v>
-[...8 lines deleted...]
-        <v>312</v>
+        <v>354</v>
+      </c>
+      <c r="G112" s="50">
+        <v>9592</v>
+      </c>
+      <c r="H112" s="51">
+        <v>53781112</v>
+      </c>
+      <c r="I112" s="50" t="s">
+        <v>355</v>
       </c>
       <c r="J112" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K112" s="57" t="s">
-        <v>370</v>
+      <c r="K112" s="50" t="s">
+        <v>356</v>
       </c>
       <c r="L112" s="25" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="M112" s="48" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="N112" s="48" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="O112" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="P112" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q112" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R112" s="56"/>
+        <v>304</v>
+      </c>
+      <c r="R112" s="49"/>
     </row>
     <row r="113" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A113" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B113" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C113" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D113" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E113" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="F113" s="48" t="s">
-        <v>358</v>
-[...8 lines deleted...]
-        <v>359</v>
+        <v>327</v>
+      </c>
+      <c r="G113" s="50">
+        <v>9713</v>
+      </c>
+      <c r="H113" s="51">
+        <v>61499676</v>
+      </c>
+      <c r="I113" s="50" t="s">
+        <v>304</v>
       </c>
       <c r="J113" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K113" s="57" t="s">
-        <v>360</v>
+      <c r="K113" s="50" t="s">
+        <v>328</v>
       </c>
       <c r="L113" s="25" t="s">
-        <v>361</v>
+        <v>329</v>
       </c>
       <c r="M113" s="48" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="N113" s="48" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="O113" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="P113" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q113" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R113" s="56"/>
+        <v>304</v>
+      </c>
+      <c r="R113" s="49"/>
     </row>
     <row r="114" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A114" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B114" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C114" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D114" s="25" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E114" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="F114" s="48" t="s">
-        <v>362</v>
-[...8 lines deleted...]
-        <v>669</v>
+        <v>338</v>
+      </c>
+      <c r="G114" s="50">
+        <v>9717</v>
+      </c>
+      <c r="H114" s="51">
+        <v>860776104</v>
+      </c>
+      <c r="I114" s="50" t="s">
+        <v>339</v>
       </c>
       <c r="J114" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K114" s="57" t="s">
-        <v>363</v>
+      <c r="K114" s="50" t="s">
+        <v>340</v>
       </c>
       <c r="L114" s="25" t="s">
-        <v>364</v>
+        <v>341</v>
       </c>
       <c r="M114" s="48" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="N114" s="48" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="O114" s="26" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="P114" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q114" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R114" s="56"/>
+        <v>304</v>
+      </c>
+      <c r="R114" s="49"/>
     </row>
     <row r="115" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A115" s="25" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B115" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C115" s="25" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D115" s="25" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>641</v>
+      </c>
+      <c r="E115" s="41" t="s">
+        <v>332</v>
       </c>
       <c r="F115" s="48" t="s">
-        <v>365</v>
-[...8 lines deleted...]
-        <v>366</v>
+        <v>333</v>
+      </c>
+      <c r="G115" s="50" t="s">
+        <v>334</v>
+      </c>
+      <c r="H115" s="51">
+        <v>85246506</v>
+      </c>
+      <c r="I115" s="50" t="s">
+        <v>335</v>
       </c>
       <c r="J115" s="48" t="s">
         <v>14</v>
       </c>
-      <c r="K115" s="57" t="s">
-        <v>367</v>
+      <c r="K115" s="50" t="s">
+        <v>336</v>
       </c>
       <c r="L115" s="25" t="s">
-        <v>368</v>
+        <v>337</v>
       </c>
       <c r="M115" s="48" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="N115" s="48" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>331</v>
+      </c>
+      <c r="O115" s="41" t="s">
+        <v>332</v>
       </c>
       <c r="P115" s="27" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="Q115" s="31" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R115" s="56"/>
+        <v>304</v>
+      </c>
+      <c r="R115" s="49"/>
     </row>
     <row r="116" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A116" s="25" t="s">
+        <v>655</v>
+      </c>
+      <c r="B116" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C116" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="D116" s="25" t="s">
+        <v>641</v>
+      </c>
+      <c r="E116" s="41" t="s">
+        <v>332</v>
+      </c>
+      <c r="F116" s="48" t="s">
+        <v>342</v>
+      </c>
+      <c r="G116" s="50" t="s">
+        <v>343</v>
+      </c>
+      <c r="H116" s="51">
+        <v>24248582</v>
+      </c>
+      <c r="I116" s="50" t="s">
+        <v>344</v>
+      </c>
+      <c r="J116" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="K116" s="50" t="s">
+        <v>345</v>
+      </c>
+      <c r="L116" s="25" t="s">
+        <v>346</v>
+      </c>
+      <c r="M116" s="48" t="s">
+        <v>330</v>
+      </c>
+      <c r="N116" s="48" t="s">
+        <v>331</v>
+      </c>
+      <c r="O116" s="41" t="s">
+        <v>332</v>
+      </c>
+      <c r="P116" s="27" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q116" s="31" t="s">
+        <v>304</v>
+      </c>
+      <c r="R116" s="49"/>
+    </row>
+    <row r="117" spans="1:18" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
+      <c r="A117" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B117" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C117" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D117" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E117" s="41" t="s">
+        <v>332</v>
+      </c>
+      <c r="F117" s="41" t="s">
+        <v>634</v>
+      </c>
+      <c r="G117" s="43" t="s">
+        <v>632</v>
+      </c>
+      <c r="H117" s="44">
+        <v>61499404</v>
+      </c>
+      <c r="I117" s="43" t="s">
+        <v>646</v>
+      </c>
+      <c r="J117" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K117" s="41" t="s">
+        <v>647</v>
+      </c>
+      <c r="L117" s="41" t="s">
+        <v>648</v>
+      </c>
+      <c r="M117" s="46" t="s">
+        <v>330</v>
+      </c>
+      <c r="N117" s="41" t="s">
+        <v>331</v>
+      </c>
+      <c r="O117" s="41" t="s">
+        <v>332</v>
+      </c>
+      <c r="P117" s="41" t="s">
+        <v>304</v>
+      </c>
+      <c r="Q117" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R117" s="41"/>
+    </row>
+    <row r="118" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B118" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C118" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D118" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E118" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F118" s="41" t="s">
+        <v>662</v>
+      </c>
+      <c r="G118" s="43">
+        <v>320</v>
+      </c>
+      <c r="H118" s="44" t="s">
+        <v>676</v>
+      </c>
+      <c r="I118" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J118" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K118" s="52" t="s">
+        <v>683</v>
+      </c>
+      <c r="L118" s="41" t="s">
+        <v>669</v>
+      </c>
+      <c r="M118" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N118" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O118" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P118" s="52" t="s">
+        <v>743</v>
+      </c>
+      <c r="Q118" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R118" s="12"/>
+    </row>
+    <row r="119" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B119" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C119" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D119" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E119" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F119" s="41" t="s">
+        <v>663</v>
+      </c>
+      <c r="G119" s="43">
+        <v>321</v>
+      </c>
+      <c r="H119" s="44" t="s">
+        <v>677</v>
+      </c>
+      <c r="I119" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J119" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K119" s="52" t="s">
+        <v>684</v>
+      </c>
+      <c r="L119" s="41" t="s">
+        <v>670</v>
+      </c>
+      <c r="M119" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N119" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O119" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P119" s="52" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q119" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R119" s="12"/>
+    </row>
+    <row r="120" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B120" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C120" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D120" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E120" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F120" s="41" t="s">
+        <v>664</v>
+      </c>
+      <c r="G120" s="43">
+        <v>322</v>
+      </c>
+      <c r="H120" s="44" t="s">
+        <v>678</v>
+      </c>
+      <c r="I120" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J120" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K120" s="52" t="s">
+        <v>685</v>
+      </c>
+      <c r="L120" s="41" t="s">
         <v>671</v>
       </c>
-      <c r="B116" s="25" t="s">
-[...247 lines deleted...]
-      </c>
       <c r="M120" s="46" t="s">
-        <v>341</v>
+        <v>37</v>
       </c>
       <c r="N120" s="41" t="s">
-        <v>342</v>
+        <v>38</v>
       </c>
       <c r="O120" s="41" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>30</v>
+      </c>
+      <c r="P120" s="52" t="s">
+        <v>745</v>
       </c>
       <c r="Q120" s="43" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="R120" s="41"/>
+        <v>304</v>
+      </c>
+      <c r="R120" s="12"/>
     </row>
     <row r="121" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B121" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C121" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D121" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E121" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F121" s="41" t="s">
+        <v>665</v>
+      </c>
+      <c r="G121" s="43">
+        <v>323</v>
+      </c>
+      <c r="H121" s="44" t="s">
+        <v>679</v>
+      </c>
+      <c r="I121" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J121" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K121" s="52" t="s">
+        <v>686</v>
+      </c>
+      <c r="L121" s="41" t="s">
+        <v>672</v>
+      </c>
+      <c r="M121" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N121" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F121" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O121" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>30</v>
+      </c>
+      <c r="P121" s="52" t="s">
+        <v>746</v>
       </c>
       <c r="Q121" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R121" s="12"/>
     </row>
     <row r="122" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B122" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C122" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D122" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E122" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F122" s="41" t="s">
+        <v>666</v>
+      </c>
+      <c r="G122" s="43">
+        <v>324</v>
+      </c>
+      <c r="H122" s="44" t="s">
+        <v>680</v>
+      </c>
+      <c r="I122" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J122" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K122" s="52" t="s">
+        <v>687</v>
+      </c>
+      <c r="L122" s="41" t="s">
+        <v>673</v>
+      </c>
+      <c r="M122" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N122" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F122" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O122" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>30</v>
+      </c>
+      <c r="P122" s="52" t="s">
+        <v>747</v>
       </c>
       <c r="Q122" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R122" s="12"/>
     </row>
     <row r="123" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B123" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C123" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D123" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E123" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F123" s="41" t="s">
+        <v>667</v>
+      </c>
+      <c r="G123" s="43">
+        <v>325</v>
+      </c>
+      <c r="H123" s="44" t="s">
+        <v>681</v>
+      </c>
+      <c r="I123" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J123" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K123" s="52" t="s">
+        <v>688</v>
+      </c>
+      <c r="L123" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="M123" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N123" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F123" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O123" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>30</v>
+      </c>
+      <c r="P123" s="52" t="s">
+        <v>748</v>
       </c>
       <c r="Q123" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R123" s="12"/>
     </row>
     <row r="124" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B124" s="25" t="s">
+        <v>652</v>
+      </c>
+      <c r="C124" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D124" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E124" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F124" s="41" t="s">
         <v>668</v>
       </c>
-      <c r="C124" s="41" t="s">
-[...5 lines deleted...]
-      <c r="E124" s="41" t="s">
+      <c r="G124" s="43">
+        <v>326</v>
+      </c>
+      <c r="H124" s="44" t="s">
+        <v>682</v>
+      </c>
+      <c r="I124" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J124" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K124" s="52" t="s">
+        <v>689</v>
+      </c>
+      <c r="L124" s="41" t="s">
+        <v>675</v>
+      </c>
+      <c r="M124" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N124" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F124" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O124" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>30</v>
+      </c>
+      <c r="P124" s="52" t="s">
+        <v>749</v>
       </c>
       <c r="Q124" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R124" s="12"/>
     </row>
     <row r="125" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B125" s="25" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C125" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D125" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E125" s="41" t="s">
-        <v>38</v>
+        <v>332</v>
       </c>
       <c r="F125" s="41" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="G125" s="43">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="H125" s="44" t="s">
+        <v>9594</v>
+      </c>
+      <c r="H125" s="44">
+        <v>53781147</v>
+      </c>
+      <c r="I125" s="44" t="s">
+        <v>695</v>
+      </c>
+      <c r="J125" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K125" s="52" t="s">
         <v>696</v>
       </c>
-      <c r="I125" s="44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L125" s="41" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="M125" s="46" t="s">
-        <v>45</v>
+        <v>330</v>
       </c>
       <c r="N125" s="41" t="s">
-        <v>46</v>
+        <v>698</v>
       </c>
       <c r="O125" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>332</v>
+      </c>
+      <c r="P125" s="52" t="s">
+        <v>304</v>
       </c>
       <c r="Q125" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R125" s="12"/>
     </row>
     <row r="126" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B126" s="25" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="C126" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D126" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E126" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F126" s="41" t="s">
+        <v>764</v>
+      </c>
+      <c r="G126" s="43">
+        <v>9778</v>
+      </c>
+      <c r="H126" s="44" t="s">
+        <v>768</v>
+      </c>
+      <c r="I126" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J126" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K126" s="52" t="s">
+        <v>766</v>
+      </c>
+      <c r="L126" s="41" t="s">
+        <v>765</v>
+      </c>
+      <c r="M126" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N126" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F126" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O126" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>764</v>
+        <v>30</v>
+      </c>
+      <c r="P126" s="52" t="s">
+        <v>767</v>
       </c>
       <c r="Q126" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R126" s="12"/>
     </row>
     <row r="127" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B127" s="25" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="C127" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D127" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E127" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F127" s="41" t="s">
+        <v>773</v>
+      </c>
+      <c r="G127" s="43">
+        <v>710</v>
+      </c>
+      <c r="H127" s="44" t="s">
+        <v>774</v>
+      </c>
+      <c r="I127" s="44" t="s">
+        <v>775</v>
+      </c>
+      <c r="J127" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K127" s="52" t="s">
+        <v>776</v>
+      </c>
+      <c r="L127" s="41" t="s">
+        <v>777</v>
+      </c>
+      <c r="M127" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N127" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F127" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O127" s="41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>30</v>
+      </c>
+      <c r="P127" s="52" t="s">
+        <v>778</v>
       </c>
       <c r="Q127" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R127" s="12"/>
     </row>
     <row r="128" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B128" s="25" t="s">
-        <v>668</v>
+        <v>763</v>
       </c>
       <c r="C128" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D128" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E128" s="41" t="s">
-        <v>343</v>
+        <v>30</v>
       </c>
       <c r="F128" s="41" t="s">
-        <v>710</v>
+        <v>779</v>
       </c>
       <c r="G128" s="43">
-        <v>9594</v>
-[...2 lines deleted...]
-        <v>53781147</v>
+        <v>711</v>
+      </c>
+      <c r="H128" s="44" t="s">
+        <v>780</v>
       </c>
       <c r="I128" s="44" t="s">
-        <v>711</v>
+        <v>781</v>
       </c>
       <c r="J128" s="26" t="s">
         <v>14</v>
       </c>
-      <c r="K128" s="59" t="s">
-        <v>712</v>
+      <c r="K128" s="52" t="s">
+        <v>782</v>
       </c>
       <c r="L128" s="41" t="s">
-        <v>713</v>
+        <v>783</v>
       </c>
       <c r="M128" s="46" t="s">
-        <v>341</v>
+        <v>37</v>
       </c>
       <c r="N128" s="41" t="s">
-        <v>714</v>
+        <v>38</v>
       </c>
       <c r="O128" s="41" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>30</v>
+      </c>
+      <c r="P128" s="52" t="s">
+        <v>784</v>
       </c>
       <c r="Q128" s="43" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="R128" s="12"/>
     </row>
     <row r="129" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="41" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B129" s="25" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="C129" s="41" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="D129" s="41" t="s">
-        <v>657</v>
+        <v>641</v>
       </c>
       <c r="E129" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F129" s="41" t="s">
+        <v>785</v>
+      </c>
+      <c r="G129" s="43">
+        <v>712</v>
+      </c>
+      <c r="H129" s="44" t="s">
+        <v>786</v>
+      </c>
+      <c r="I129" s="44" t="s">
+        <v>787</v>
+      </c>
+      <c r="J129" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K129" s="52" t="s">
+        <v>788</v>
+      </c>
+      <c r="L129" s="41" t="s">
+        <v>789</v>
+      </c>
+      <c r="M129" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N129" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="F129" s="41" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="O129" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P129" s="52" t="s">
+        <v>790</v>
+      </c>
+      <c r="Q129" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R129" s="12"/>
+    </row>
+    <row r="130" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B130" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C130" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D130" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E130" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F130" s="41" t="s">
+        <v>791</v>
+      </c>
+      <c r="G130" s="43">
+        <v>713</v>
+      </c>
+      <c r="H130" s="44" t="s">
+        <v>792</v>
+      </c>
+      <c r="I130" s="44" t="s">
+        <v>793</v>
+      </c>
+      <c r="J130" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K130" s="52" t="s">
+        <v>794</v>
+      </c>
+      <c r="L130" s="41" t="s">
+        <v>795</v>
+      </c>
+      <c r="M130" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N130" s="41" t="s">
         <v>38</v>
       </c>
-      <c r="P129" s="59" t="s">
-[...5 lines deleted...]
-      <c r="R129" s="12"/>
+      <c r="O130" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P130" s="52" t="s">
+        <v>796</v>
+      </c>
+      <c r="Q130" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R130" s="12"/>
+    </row>
+    <row r="131" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B131" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C131" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D131" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E131" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F131" s="41" t="s">
+        <v>797</v>
+      </c>
+      <c r="G131" s="43">
+        <v>714</v>
+      </c>
+      <c r="H131" s="44" t="s">
+        <v>798</v>
+      </c>
+      <c r="I131" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J131" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K131" s="52" t="s">
+        <v>799</v>
+      </c>
+      <c r="L131" s="41" t="s">
+        <v>800</v>
+      </c>
+      <c r="M131" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N131" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O131" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P131" s="52" t="s">
+        <v>801</v>
+      </c>
+      <c r="Q131" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R131" s="12"/>
+    </row>
+    <row r="132" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C132" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D132" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E132" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F132" s="41" t="s">
+        <v>802</v>
+      </c>
+      <c r="G132" s="43">
+        <v>715</v>
+      </c>
+      <c r="H132" s="44" t="s">
+        <v>803</v>
+      </c>
+      <c r="I132" s="44" t="s">
+        <v>804</v>
+      </c>
+      <c r="J132" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K132" s="52" t="s">
+        <v>805</v>
+      </c>
+      <c r="L132" s="41" t="s">
+        <v>806</v>
+      </c>
+      <c r="M132" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N132" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O132" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P132" s="52" t="s">
+        <v>807</v>
+      </c>
+      <c r="Q132" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R132" s="12"/>
+    </row>
+    <row r="133" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B133" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C133" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D133" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E133" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F133" s="41" t="s">
+        <v>808</v>
+      </c>
+      <c r="G133" s="43">
+        <v>717</v>
+      </c>
+      <c r="H133" s="44" t="s">
+        <v>809</v>
+      </c>
+      <c r="I133" s="44" t="s">
+        <v>810</v>
+      </c>
+      <c r="J133" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K133" s="52" t="s">
+        <v>811</v>
+      </c>
+      <c r="L133" s="41" t="s">
+        <v>812</v>
+      </c>
+      <c r="M133" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N133" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O133" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P133" s="52" t="s">
+        <v>813</v>
+      </c>
+      <c r="Q133" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R133" s="12"/>
+    </row>
+    <row r="134" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B134" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C134" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D134" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E134" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F134" s="41" t="s">
+        <v>814</v>
+      </c>
+      <c r="G134" s="43">
+        <v>718</v>
+      </c>
+      <c r="H134" s="44" t="s">
+        <v>815</v>
+      </c>
+      <c r="I134" s="44" t="s">
+        <v>816</v>
+      </c>
+      <c r="J134" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K134" s="52" t="s">
+        <v>817</v>
+      </c>
+      <c r="L134" s="41" t="s">
+        <v>818</v>
+      </c>
+      <c r="M134" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N134" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O134" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P134" s="52" t="s">
+        <v>819</v>
+      </c>
+      <c r="Q134" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R134" s="12"/>
+    </row>
+    <row r="135" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B135" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C135" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D135" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E135" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F135" s="41" t="s">
+        <v>820</v>
+      </c>
+      <c r="G135" s="43">
+        <v>719</v>
+      </c>
+      <c r="H135" s="44" t="s">
+        <v>821</v>
+      </c>
+      <c r="I135" s="44" t="s">
+        <v>822</v>
+      </c>
+      <c r="J135" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K135" s="52" t="s">
+        <v>823</v>
+      </c>
+      <c r="L135" s="41" t="s">
+        <v>824</v>
+      </c>
+      <c r="M135" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N135" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O135" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P135" s="52" t="s">
+        <v>825</v>
+      </c>
+      <c r="Q135" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R135" s="12"/>
+    </row>
+    <row r="136" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B136" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C136" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D136" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E136" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F136" s="41" t="s">
+        <v>826</v>
+      </c>
+      <c r="G136" s="43">
+        <v>720</v>
+      </c>
+      <c r="H136" s="44" t="s">
+        <v>827</v>
+      </c>
+      <c r="I136" s="44" t="s">
+        <v>828</v>
+      </c>
+      <c r="J136" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K136" s="52" t="s">
+        <v>829</v>
+      </c>
+      <c r="L136" s="41" t="s">
+        <v>830</v>
+      </c>
+      <c r="M136" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N136" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O136" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P136" s="52" t="s">
+        <v>831</v>
+      </c>
+      <c r="Q136" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R136" s="12"/>
+    </row>
+    <row r="137" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B137" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C137" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D137" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E137" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F137" s="41" t="s">
+        <v>832</v>
+      </c>
+      <c r="G137" s="43">
+        <v>721</v>
+      </c>
+      <c r="H137" s="44" t="s">
+        <v>833</v>
+      </c>
+      <c r="I137" s="44" t="s">
+        <v>834</v>
+      </c>
+      <c r="J137" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K137" s="52" t="s">
+        <v>835</v>
+      </c>
+      <c r="L137" s="41" t="s">
+        <v>836</v>
+      </c>
+      <c r="M137" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N137" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O137" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P137" s="52" t="s">
+        <v>837</v>
+      </c>
+      <c r="Q137" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R137" s="12"/>
+    </row>
+    <row r="138" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B138" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C138" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D138" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E138" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F138" s="41" t="s">
+        <v>838</v>
+      </c>
+      <c r="G138" s="43">
+        <v>722</v>
+      </c>
+      <c r="H138" s="44" t="s">
+        <v>839</v>
+      </c>
+      <c r="I138" s="44" t="s">
+        <v>840</v>
+      </c>
+      <c r="J138" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K138" s="52" t="s">
+        <v>841</v>
+      </c>
+      <c r="L138" s="41" t="s">
+        <v>842</v>
+      </c>
+      <c r="M138" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N138" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O138" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P138" s="52" t="s">
+        <v>843</v>
+      </c>
+      <c r="Q138" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R138" s="12"/>
+    </row>
+    <row r="139" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="41" t="s">
+        <v>655</v>
+      </c>
+      <c r="B139" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="C139" s="41" t="s">
+        <v>642</v>
+      </c>
+      <c r="D139" s="41" t="s">
+        <v>641</v>
+      </c>
+      <c r="E139" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="F139" s="41" t="s">
+        <v>844</v>
+      </c>
+      <c r="G139" s="43">
+        <v>723</v>
+      </c>
+      <c r="H139" s="44" t="s">
+        <v>845</v>
+      </c>
+      <c r="I139" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J139" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K139" s="52" t="s">
+        <v>846</v>
+      </c>
+      <c r="L139" s="41" t="s">
+        <v>847</v>
+      </c>
+      <c r="M139" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N139" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O139" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="P139" s="52" t="s">
+        <v>848</v>
+      </c>
+      <c r="Q139" s="43" t="s">
+        <v>304</v>
+      </c>
+      <c r="R139" s="12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <autoFilter ref="A2:R128" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition ref="O3:O120"/>
+  <autoFilter ref="A2:R125" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q117">
+    <sortCondition ref="O3:O117"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="L35" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...45 lines deleted...]
-    <hyperlink ref="L129" r:id="rId47" display="Fortum.FI320@bscs.basware.com" xr:uid="{E32AA076-968E-499B-BBDA-0221C160EE0C}"/>
+    <hyperlink ref="L34" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="L23:L26" r:id="rId2" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="L15" r:id="rId3" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="L18" r:id="rId4" display="Fortum.SE8022@bscs.basware.com" xr:uid="{2609494D-893C-4F5A-B28C-BCB9E09FF682}"/>
+    <hyperlink ref="L20" r:id="rId5" xr:uid="{BE6A7A34-C313-4260-B548-4D2461CEE851}"/>
+    <hyperlink ref="L22" r:id="rId6" xr:uid="{A9C0E973-D6FB-4DAB-98C8-51816FB29D88}"/>
+    <hyperlink ref="L21" r:id="rId7" xr:uid="{B5B353D7-59FB-4654-BD05-4B86073A0E96}"/>
+    <hyperlink ref="L23" r:id="rId8" xr:uid="{081B06E7-E1AF-4579-AD9D-1737C112807D}"/>
+    <hyperlink ref="L40:L43" r:id="rId9" display="Fortum.FI984@bscs.basware.com" xr:uid="{E62718B8-2A77-467C-8DF6-C35412F7EF94}"/>
+    <hyperlink ref="L24" r:id="rId10" xr:uid="{22E5CB82-26A3-4E81-A5C5-BE938D163426}"/>
+    <hyperlink ref="L25" r:id="rId11" xr:uid="{32C0B7B1-2648-44F6-A8E2-DA0893CB3D6E}"/>
+    <hyperlink ref="L26" r:id="rId12" xr:uid="{14185983-1070-43E8-B91D-5B194E266AA5}"/>
+    <hyperlink ref="L27" r:id="rId13" xr:uid="{A38C2184-49C7-47C7-87D3-E1799F781DC4}"/>
+    <hyperlink ref="L29" r:id="rId14" display="Fortum.FI984@bscs.basware.com" xr:uid="{9CBD2004-28A7-4B64-9AA0-1AE78705E520}"/>
+    <hyperlink ref="L28" r:id="rId15" display="Fortum.FI984@bscs.basware.com" xr:uid="{878A074E-7514-4698-976D-61CFBFA90104}"/>
+    <hyperlink ref="L14" r:id="rId16" xr:uid="{86C7602B-1930-4429-8CFD-BFB975BF057B}"/>
+    <hyperlink ref="L65" r:id="rId17" xr:uid="{D6CEF086-AC31-41F0-AB8F-A634986C5AE1}"/>
+    <hyperlink ref="L67" r:id="rId18" xr:uid="{5558779D-F514-4E40-9889-F7660E07856E}"/>
+    <hyperlink ref="L68" r:id="rId19" xr:uid="{3B8F040E-0DB5-4B95-8B1C-6FD9ADF09B7F}"/>
+    <hyperlink ref="L66" r:id="rId20" xr:uid="{C905220F-B64A-444E-BA7C-62B0C2F00A49}"/>
+    <hyperlink ref="L107" r:id="rId21" display="Fortum.NL9118@bscs.basware.com" xr:uid="{05D08CD9-29A4-4141-AEBE-C3E2A27716B4}"/>
+    <hyperlink ref="L62" r:id="rId22" display="Fortum.SE8022@bscs.basware.com" xr:uid="{43D019F4-DB62-4C3D-99A5-28ADA6D6673C}"/>
+    <hyperlink ref="L63" r:id="rId23" display="Fortum.SE8022@bscs.basware.com" xr:uid="{7CB4AB06-5324-4592-985C-975A9FE5AA44}"/>
+    <hyperlink ref="L61" r:id="rId24" xr:uid="{A5A8D83A-1BF0-479E-BF30-3BF82C07B692}"/>
+    <hyperlink ref="L113" r:id="rId25" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{01A48FA6-AB59-4E5F-BADE-84356F880B77}"/>
+    <hyperlink ref="L115" r:id="rId26" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{33F8E4A3-31D6-4538-9EDA-28FD0871E2DD}"/>
+    <hyperlink ref="L114" r:id="rId27" display="mailto:Fortum.NL9711@bscs.basware.com" xr:uid="{AA062BEE-299C-49AC-B862-267F8A72D86A}"/>
+    <hyperlink ref="L116" r:id="rId28" display="mailto:Fortum.NL9463A@bscs.basware.com" xr:uid="{C8E3CEF0-1D1C-4F95-BE51-5F383951BA0C}"/>
+    <hyperlink ref="L110" r:id="rId29" display="mailto:Fortum.NL9231@bscs.basware.com" xr:uid="{C5304346-B7D4-4643-B6C3-15F4DBD4664F}"/>
+    <hyperlink ref="L111" r:id="rId30" display="mailto:Fortum.NL9539@bscs.basware.com" xr:uid="{FE6FFA21-8301-422C-B449-C875AEE56F74}"/>
+    <hyperlink ref="L112" r:id="rId31" display="mailto:Fortum.NL9592@bscs.basware.com" xr:uid="{75197F9F-D74D-441B-9876-CD22258F6D2A}"/>
+    <hyperlink ref="L109" r:id="rId32" display="mailto:Fortum.NL9119@bscs.basware.com" xr:uid="{1EB93263-6CB7-4F7C-A8E9-7B19A5C84310}"/>
+    <hyperlink ref="L108" r:id="rId33" display="mailto:Fortum.NL9118@bscs.basware.com" xr:uid="{EB3C3E5E-0699-46A3-AF4B-E845C58F6037}"/>
+    <hyperlink ref="L4" r:id="rId34" display="Fortum.SE8022@bscs.basware.com" xr:uid="{D5126090-21F4-491F-B611-D78136227D7D}"/>
+    <hyperlink ref="L3" r:id="rId35" display="Fortum.SE8022@bscs.basware.com" xr:uid="{3BEA6F90-234F-4D26-9A73-91D7C1C91B63}"/>
+    <hyperlink ref="L118" r:id="rId36" xr:uid="{B919A6C9-4CE7-4A70-994C-90FF3934A1D6}"/>
+    <hyperlink ref="L119:L124" r:id="rId37" display="Fortum.FI320@bscs.basware.com" xr:uid="{7894082D-D1BC-48C1-9D71-CA53DF2FEC21}"/>
+    <hyperlink ref="L119" r:id="rId38" xr:uid="{1594C931-378E-4F87-830A-1C09C8EE8071}"/>
+    <hyperlink ref="L120" r:id="rId39" xr:uid="{0169712D-6BF1-4D1B-B53B-43A8C4D92636}"/>
+    <hyperlink ref="L121" r:id="rId40" xr:uid="{C7B21F2B-4190-4542-B0EB-61C46E52F7A3}"/>
+    <hyperlink ref="L122" r:id="rId41" xr:uid="{71878C20-6CA0-4561-8755-2647D31D0B17}"/>
+    <hyperlink ref="L123" r:id="rId42" xr:uid="{6DF4D27B-2455-4BCF-BCAD-383ACDBBDF96}"/>
+    <hyperlink ref="L124" r:id="rId43" xr:uid="{15FDE23E-0B93-4996-BE9E-0A4650019D1B}"/>
+    <hyperlink ref="L125" r:id="rId44" display="Fortum.FI320@bscs.basware.com" xr:uid="{1735A3A0-F3CF-4291-A4B3-A4B9CEB4F35B}"/>
+    <hyperlink ref="L126" r:id="rId45" display="Fortum.FI320@bscs.basware.com" xr:uid="{E32AA076-968E-499B-BBDA-0221C160EE0C}"/>
+    <hyperlink ref="L127" r:id="rId46" xr:uid="{C0887934-A26D-40B5-884D-B22FEACBCCA9}"/>
+    <hyperlink ref="L128:L139" r:id="rId47" display="Fortum.FI985@bscs.basware.com" xr:uid="{D5CDC555-F552-4CE1-9E70-8938C5AB9894}"/>
+    <hyperlink ref="L128" r:id="rId48" xr:uid="{76A6DDC2-E34B-47C7-A528-D6B578143432}"/>
+    <hyperlink ref="L129" r:id="rId49" xr:uid="{42CF909E-92E7-4EB8-B6E2-7D34A702F904}"/>
+    <hyperlink ref="L130" r:id="rId50" xr:uid="{047B809C-2B2B-4B27-8E08-F7806147BA7C}"/>
+    <hyperlink ref="L131" r:id="rId51" xr:uid="{9AF7865D-69C8-47A7-BFDB-99337DAA1172}"/>
+    <hyperlink ref="L132" r:id="rId52" xr:uid="{4D60F36E-B616-4E11-AFB4-FEA2CC6DD2B0}"/>
+    <hyperlink ref="L133" r:id="rId53" xr:uid="{25245A3C-E416-48AA-9F47-FFC3C2F87D36}"/>
+    <hyperlink ref="L135" r:id="rId54" xr:uid="{3C46D0A9-CF5B-4B01-A1EE-8FF17D2297C2}"/>
+    <hyperlink ref="L136" r:id="rId55" xr:uid="{F0C77E89-2386-4A81-915D-048F64557341}"/>
+    <hyperlink ref="L137" r:id="rId56" xr:uid="{144164A1-4895-4665-9858-110F74B2065F}"/>
+    <hyperlink ref="L138" r:id="rId57" xr:uid="{275B5E36-F1E7-40FE-BF3C-457286FD87EE}"/>
+    <hyperlink ref="L139" r:id="rId58" xr:uid="{613A66FB-D78E-432D-B266-4EEB3672DD54}"/>
+    <hyperlink ref="L134" r:id="rId59" xr:uid="{E13E5F92-75C2-4A6F-ACA3-BE25A6662BA9}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId48"/>
+  <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId60"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
-  <legacyDrawingHF r:id="rId49"/>
+  <legacyDrawingHF r:id="rId61"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Version_x0028_date_x0029_ xmlns="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e">18.12.2025</Version_x0028_date_x0029_>
+    <Version_x0028_date_x0029_ xmlns="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005566AF088BEF044FA5ACB9A01F27E072" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="89083847e56e1a2d5fa5253cb25f98e0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ed500e16a3251a868b417bab9a9cf5f" ns2:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005566AF088BEF044FA5ACB9A01F27E072" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="abe613bc0b288e345a0b0ffc653e43a1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="40ec0cae73332136325dcdd85ff145cb" ns2:_="">
     <xsd:import namespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Version_x0028_date_x0029_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -10283,97 +11009,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{707D489D-F98A-4107-ADAD-06884F9C6359}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97396B3F-6D23-4D1D-9BD6-7C03B847784F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3A5FFB-3245-4E2C-980D-9BF4EF8910E1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C030026A-A15D-46F6-8675-061A4547A248}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL companies</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>