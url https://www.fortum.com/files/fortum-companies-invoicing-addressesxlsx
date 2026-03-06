--- v3 (2026-02-12)
+++ v4 (2026-03-06)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fortum-my.sharepoint.com/personal/kirsi_merila_fortum_com/Documents/Työjutut/2026/Internet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{80FDCCD7-5B44-423E-8083-A04DDC9E4B7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8BAFE3FA-D2E7-4D38-9E97-82FBB74A7BD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ALL companies" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL companies'!$A$2:$R$125</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2210" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2210" uniqueCount="857">
   <si>
     <t>Company name</t>
   </si>
   <si>
     <t>Company no.</t>
   </si>
   <si>
     <t>Company ID</t>
   </si>
   <si>
     <t>VAT number</t>
   </si>
   <si>
     <t>e-Invoice operator 
 Basware</t>
   </si>
   <si>
     <t>e-Invoice address</t>
   </si>
   <si>
     <t>eMail address for PDF-invoice</t>
   </si>
   <si>
     <t>Post address</t>
   </si>
@@ -2408,53 +2408,50 @@
   <si>
     <t>Fortum Tuulivoima Oy</t>
   </si>
   <si>
     <t>Fortum.FI9778@bscs.basware.com</t>
   </si>
   <si>
     <t>0037327087089778</t>
   </si>
   <si>
     <t>0216:0037327087089778</t>
   </si>
   <si>
     <t>3270870-8</t>
   </si>
   <si>
     <t>0208:0726813377, 9925:BE0726813377</t>
   </si>
   <si>
     <t>Fortum Energia Spółka Akcyjna</t>
   </si>
   <si>
     <t>Tuna Vindkraft AB</t>
   </si>
   <si>
-    <t>Updated 29.1.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Kolsa-Juvansuon Tuulivoima Oy</t>
   </si>
   <si>
     <t>3459274-5</t>
   </si>
   <si>
     <t>FI34592745</t>
   </si>
   <si>
     <t>003734592745710</t>
   </si>
   <si>
     <t>Fortum.FI710@bscs.basware.com</t>
   </si>
   <si>
     <t>0216:003734592745710</t>
   </si>
   <si>
     <t>Harvankankaan Tuulivoima Oy</t>
   </si>
   <si>
     <t>3439761-6</t>
   </si>
   <si>
     <t>FI34397616</t>
@@ -2637,50 +2634,77 @@
     <t>FI35100319</t>
   </si>
   <si>
     <t>003735100319722</t>
   </si>
   <si>
     <t>Fortum.FI722@bscs.basware.com</t>
   </si>
   <si>
     <t>0216:003735100319722</t>
   </si>
   <si>
     <t>Orimattilan Kuivannon Tuulivoima Oy</t>
   </si>
   <si>
     <t>3536022-5</t>
   </si>
   <si>
     <t>003735360225723</t>
   </si>
   <si>
     <t>Fortum.FI723@bscs.basware.com</t>
   </si>
   <si>
     <t>0216:003735360225723</t>
+  </si>
+  <si>
+    <t>Updated 20.2.2026</t>
+  </si>
+  <si>
+    <t>FI32708708</t>
+  </si>
+  <si>
+    <t>FI25594554</t>
+  </si>
+  <si>
+    <t>FI25398764</t>
+  </si>
+  <si>
+    <t>FI34235705</t>
+  </si>
+  <si>
+    <t>FI26772359</t>
+  </si>
+  <si>
+    <t>FI25520061</t>
+  </si>
+  <si>
+    <t>FI34625367</t>
+  </si>
+  <si>
+    <t>FI33227084</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -3249,89 +3273,89 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI988@bscs.basware.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9753@bscs.basware.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI322@bscs.basware.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI325@bscs.basware.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI713@bscs.basware.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI720@bscs.basware.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI982@bscs.basware.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI391@bscs.basware.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9231@bscs.basware.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI986@bscs.basware.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.IN9120@bscs.basware.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9119@bscs.basware.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI323@bscs.basware.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI717@bscs.basware.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI723@bscs.basware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI981@bscs.basware.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9757@bscs.basware.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9539@bscs.basware.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI326@bscs.basware.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI721@bscs.basware.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI714@bscs.basware.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI987@bscs.basware.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9750@bscs.basware.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9711@bscs.basware.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9118@bscs.basware.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI321@bscs.basware.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI710@bscs.basware.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI718@bscs.basware.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NO9751@bscs.basware.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI324@bscs.basware.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI719@bscs.basware.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI9559@bscs.basware.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI983@bscs.basware.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9463A@bscs.basware.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI712@bscs.basware.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI722@bscs.basware.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI985@bscs.basware.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.NL9592@bscs.basware.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI320@bscs.basware.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI715@bscs.basware.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.SE8022@bscs.basware.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fortum.FI984@bscs.basware.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:R139"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F126" sqref="F126"/>
+      <pane ySplit="2" topLeftCell="A117" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="F133" sqref="A1:R139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="18" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="10" customWidth="1"/>
     <col min="3" max="3" width="16.109375" style="10" customWidth="1"/>
     <col min="4" max="4" width="10.88671875" style="10" customWidth="1"/>
     <col min="5" max="5" width="14" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.6640625" customWidth="1"/>
     <col min="7" max="7" width="11.109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.109375" style="9" customWidth="1"/>
     <col min="9" max="9" width="19.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="13.88671875" customWidth="1"/>
     <col min="11" max="11" width="19.33203125" customWidth="1"/>
     <col min="12" max="12" width="31.33203125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.88671875" style="6" customWidth="1"/>
     <col min="14" max="14" width="41.5546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.33203125" customWidth="1"/>
     <col min="16" max="16" width="27.109375" customWidth="1"/>
     <col min="17" max="17" width="13.33203125" style="1" customWidth="1"/>
     <col min="18" max="18" width="33" style="10" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="12"/>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="13"/>
       <c r="F1" s="14"/>
       <c r="G1" s="15"/>
       <c r="H1" s="16"/>
       <c r="I1" s="17"/>
       <c r="J1" s="18"/>
       <c r="K1" s="17" t="s">
-        <v>772</v>
+        <v>848</v>
       </c>
       <c r="L1" s="19"/>
       <c r="M1" s="20"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" s="2" customFormat="1" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="21" t="s">
         <v>651</v>
       </c>
       <c r="B2" s="21" t="s">
         <v>650</v>
       </c>
       <c r="C2" s="21" t="s">
         <v>635</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>636</v>
       </c>
       <c r="E2" s="21" t="s">
         <v>8</v>
       </c>
@@ -9589,51 +9613,51 @@
       <c r="A118" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B118" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C118" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D118" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E118" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F118" s="41" t="s">
         <v>662</v>
       </c>
       <c r="G118" s="43">
         <v>320</v>
       </c>
       <c r="H118" s="44" t="s">
         <v>676</v>
       </c>
       <c r="I118" s="44" t="s">
-        <v>304</v>
+        <v>850</v>
       </c>
       <c r="J118" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K118" s="52" t="s">
         <v>683</v>
       </c>
       <c r="L118" s="41" t="s">
         <v>669</v>
       </c>
       <c r="M118" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N118" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O118" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P118" s="52" t="s">
         <v>743</v>
       </c>
       <c r="Q118" s="43" t="s">
         <v>304</v>
       </c>
@@ -9643,51 +9667,51 @@
       <c r="A119" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B119" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C119" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D119" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E119" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F119" s="41" t="s">
         <v>663</v>
       </c>
       <c r="G119" s="43">
         <v>321</v>
       </c>
       <c r="H119" s="44" t="s">
         <v>677</v>
       </c>
       <c r="I119" s="44" t="s">
-        <v>304</v>
+        <v>851</v>
       </c>
       <c r="J119" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K119" s="52" t="s">
         <v>684</v>
       </c>
       <c r="L119" s="41" t="s">
         <v>670</v>
       </c>
       <c r="M119" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N119" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O119" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P119" s="52" t="s">
         <v>744</v>
       </c>
       <c r="Q119" s="43" t="s">
         <v>304</v>
       </c>
@@ -9697,51 +9721,51 @@
       <c r="A120" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B120" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C120" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D120" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E120" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F120" s="41" t="s">
         <v>664</v>
       </c>
       <c r="G120" s="43">
         <v>322</v>
       </c>
       <c r="H120" s="44" t="s">
         <v>678</v>
       </c>
       <c r="I120" s="44" t="s">
-        <v>304</v>
+        <v>852</v>
       </c>
       <c r="J120" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K120" s="52" t="s">
         <v>685</v>
       </c>
       <c r="L120" s="41" t="s">
         <v>671</v>
       </c>
       <c r="M120" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N120" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O120" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P120" s="52" t="s">
         <v>745</v>
       </c>
       <c r="Q120" s="43" t="s">
         <v>304</v>
       </c>
@@ -9751,51 +9775,51 @@
       <c r="A121" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B121" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C121" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D121" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E121" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F121" s="41" t="s">
         <v>665</v>
       </c>
       <c r="G121" s="43">
         <v>323</v>
       </c>
       <c r="H121" s="44" t="s">
         <v>679</v>
       </c>
       <c r="I121" s="44" t="s">
-        <v>304</v>
+        <v>853</v>
       </c>
       <c r="J121" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K121" s="52" t="s">
         <v>686</v>
       </c>
       <c r="L121" s="41" t="s">
         <v>672</v>
       </c>
       <c r="M121" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N121" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O121" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P121" s="52" t="s">
         <v>746</v>
       </c>
       <c r="Q121" s="43" t="s">
         <v>304</v>
       </c>
@@ -9805,51 +9829,51 @@
       <c r="A122" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B122" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C122" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D122" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E122" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F122" s="41" t="s">
         <v>666</v>
       </c>
       <c r="G122" s="43">
         <v>324</v>
       </c>
       <c r="H122" s="44" t="s">
         <v>680</v>
       </c>
       <c r="I122" s="44" t="s">
-        <v>304</v>
+        <v>854</v>
       </c>
       <c r="J122" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K122" s="52" t="s">
         <v>687</v>
       </c>
       <c r="L122" s="41" t="s">
         <v>673</v>
       </c>
       <c r="M122" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N122" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O122" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P122" s="52" t="s">
         <v>747</v>
       </c>
       <c r="Q122" s="43" t="s">
         <v>304</v>
       </c>
@@ -9859,51 +9883,51 @@
       <c r="A123" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B123" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C123" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D123" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E123" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F123" s="41" t="s">
         <v>667</v>
       </c>
       <c r="G123" s="43">
         <v>325</v>
       </c>
       <c r="H123" s="44" t="s">
         <v>681</v>
       </c>
       <c r="I123" s="44" t="s">
-        <v>304</v>
+        <v>855</v>
       </c>
       <c r="J123" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K123" s="52" t="s">
         <v>688</v>
       </c>
       <c r="L123" s="41" t="s">
         <v>674</v>
       </c>
       <c r="M123" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N123" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O123" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P123" s="52" t="s">
         <v>748</v>
       </c>
       <c r="Q123" s="43" t="s">
         <v>304</v>
       </c>
@@ -9913,51 +9937,51 @@
       <c r="A124" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B124" s="25" t="s">
         <v>652</v>
       </c>
       <c r="C124" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D124" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E124" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F124" s="41" t="s">
         <v>668</v>
       </c>
       <c r="G124" s="43">
         <v>326</v>
       </c>
       <c r="H124" s="44" t="s">
         <v>682</v>
       </c>
       <c r="I124" s="44" t="s">
-        <v>304</v>
+        <v>856</v>
       </c>
       <c r="J124" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K124" s="52" t="s">
         <v>689</v>
       </c>
       <c r="L124" s="41" t="s">
         <v>675</v>
       </c>
       <c r="M124" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N124" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O124" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P124" s="52" t="s">
         <v>749</v>
       </c>
       <c r="Q124" s="43" t="s">
         <v>304</v>
       </c>
@@ -10021,774 +10045,774 @@
       <c r="A126" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B126" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C126" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D126" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E126" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F126" s="41" t="s">
         <v>764</v>
       </c>
       <c r="G126" s="43">
         <v>9778</v>
       </c>
       <c r="H126" s="44" t="s">
         <v>768</v>
       </c>
       <c r="I126" s="44" t="s">
-        <v>304</v>
+        <v>849</v>
       </c>
       <c r="J126" s="26" t="s">
         <v>14</v>
       </c>
       <c r="K126" s="52" t="s">
         <v>766</v>
       </c>
       <c r="L126" s="41" t="s">
         <v>765</v>
       </c>
       <c r="M126" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N126" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O126" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P126" s="52" t="s">
         <v>767</v>
       </c>
       <c r="Q126" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R126" s="12"/>
     </row>
     <row r="127" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B127" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C127" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D127" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E127" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F127" s="41" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="G127" s="43">
         <v>710</v>
       </c>
       <c r="H127" s="44" t="s">
+        <v>773</v>
+      </c>
+      <c r="I127" s="44" t="s">
         <v>774</v>
       </c>
-      <c r="I127" s="44" t="s">
+      <c r="J127" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K127" s="52" t="s">
         <v>775</v>
       </c>
-      <c r="J127" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K127" s="52" t="s">
+      <c r="L127" s="41" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="M127" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N127" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O127" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P127" s="52" t="s">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="Q127" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R127" s="12"/>
     </row>
     <row r="128" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B128" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C128" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D128" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E128" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F128" s="41" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="G128" s="43">
         <v>711</v>
       </c>
       <c r="H128" s="44" t="s">
+        <v>779</v>
+      </c>
+      <c r="I128" s="44" t="s">
         <v>780</v>
       </c>
-      <c r="I128" s="44" t="s">
+      <c r="J128" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K128" s="52" t="s">
         <v>781</v>
       </c>
-      <c r="J128" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K128" s="52" t="s">
+      <c r="L128" s="41" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="M128" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N128" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O128" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P128" s="52" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="Q128" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R128" s="12"/>
     </row>
     <row r="129" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B129" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C129" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D129" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E129" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F129" s="41" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="G129" s="43">
         <v>712</v>
       </c>
       <c r="H129" s="44" t="s">
+        <v>785</v>
+      </c>
+      <c r="I129" s="44" t="s">
         <v>786</v>
       </c>
-      <c r="I129" s="44" t="s">
+      <c r="J129" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K129" s="52" t="s">
         <v>787</v>
       </c>
-      <c r="J129" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K129" s="52" t="s">
+      <c r="L129" s="41" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="M129" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N129" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O129" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P129" s="52" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
       <c r="Q129" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R129" s="12"/>
     </row>
     <row r="130" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B130" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C130" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D130" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E130" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F130" s="41" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="G130" s="43">
         <v>713</v>
       </c>
       <c r="H130" s="44" t="s">
+        <v>791</v>
+      </c>
+      <c r="I130" s="44" t="s">
         <v>792</v>
       </c>
-      <c r="I130" s="44" t="s">
+      <c r="J130" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K130" s="52" t="s">
         <v>793</v>
       </c>
-      <c r="J130" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K130" s="52" t="s">
+      <c r="L130" s="41" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
       <c r="M130" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N130" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O130" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P130" s="52" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="Q130" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R130" s="12"/>
     </row>
     <row r="131" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B131" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C131" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D131" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E131" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F131" s="41" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="G131" s="43">
         <v>714</v>
       </c>
       <c r="H131" s="44" t="s">
+        <v>797</v>
+      </c>
+      <c r="I131" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J131" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K131" s="52" t="s">
         <v>798</v>
       </c>
-      <c r="I131" s="44" t="s">
-[...5 lines deleted...]
-      <c r="K131" s="52" t="s">
+      <c r="L131" s="41" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="M131" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N131" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O131" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P131" s="52" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="Q131" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R131" s="12"/>
     </row>
     <row r="132" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B132" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C132" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D132" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E132" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F132" s="41" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="G132" s="43">
         <v>715</v>
       </c>
       <c r="H132" s="44" t="s">
+        <v>802</v>
+      </c>
+      <c r="I132" s="44" t="s">
         <v>803</v>
       </c>
-      <c r="I132" s="44" t="s">
+      <c r="J132" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K132" s="52" t="s">
         <v>804</v>
       </c>
-      <c r="J132" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K132" s="52" t="s">
+      <c r="L132" s="41" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="M132" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N132" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O132" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P132" s="52" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="Q132" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R132" s="12"/>
     </row>
     <row r="133" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A133" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B133" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C133" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D133" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E133" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F133" s="41" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="G133" s="43">
         <v>717</v>
       </c>
       <c r="H133" s="44" t="s">
+        <v>808</v>
+      </c>
+      <c r="I133" s="44" t="s">
         <v>809</v>
       </c>
-      <c r="I133" s="44" t="s">
+      <c r="J133" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K133" s="52" t="s">
         <v>810</v>
       </c>
-      <c r="J133" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K133" s="52" t="s">
+      <c r="L133" s="41" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="M133" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N133" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O133" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P133" s="52" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="Q133" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R133" s="12"/>
     </row>
     <row r="134" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B134" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C134" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D134" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E134" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F134" s="41" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="G134" s="43">
         <v>718</v>
       </c>
       <c r="H134" s="44" t="s">
+        <v>814</v>
+      </c>
+      <c r="I134" s="44" t="s">
         <v>815</v>
       </c>
-      <c r="I134" s="44" t="s">
+      <c r="J134" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K134" s="52" t="s">
         <v>816</v>
       </c>
-      <c r="J134" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K134" s="52" t="s">
+      <c r="L134" s="41" t="s">
         <v>817</v>
-      </c>
-[...1 lines deleted...]
-        <v>818</v>
       </c>
       <c r="M134" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N134" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O134" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P134" s="52" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="Q134" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R134" s="12"/>
     </row>
     <row r="135" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A135" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B135" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C135" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D135" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E135" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F135" s="41" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="G135" s="43">
         <v>719</v>
       </c>
       <c r="H135" s="44" t="s">
+        <v>820</v>
+      </c>
+      <c r="I135" s="44" t="s">
         <v>821</v>
       </c>
-      <c r="I135" s="44" t="s">
+      <c r="J135" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K135" s="52" t="s">
         <v>822</v>
       </c>
-      <c r="J135" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K135" s="52" t="s">
+      <c r="L135" s="41" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
       <c r="M135" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N135" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O135" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P135" s="52" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="Q135" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R135" s="12"/>
     </row>
     <row r="136" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B136" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C136" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D136" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E136" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F136" s="41" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="G136" s="43">
         <v>720</v>
       </c>
       <c r="H136" s="44" t="s">
+        <v>826</v>
+      </c>
+      <c r="I136" s="44" t="s">
         <v>827</v>
       </c>
-      <c r="I136" s="44" t="s">
+      <c r="J136" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K136" s="52" t="s">
         <v>828</v>
       </c>
-      <c r="J136" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K136" s="52" t="s">
+      <c r="L136" s="41" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="M136" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N136" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O136" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P136" s="52" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="Q136" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R136" s="12"/>
     </row>
     <row r="137" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B137" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C137" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D137" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E137" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F137" s="41" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="G137" s="43">
         <v>721</v>
       </c>
       <c r="H137" s="44" t="s">
+        <v>832</v>
+      </c>
+      <c r="I137" s="44" t="s">
         <v>833</v>
       </c>
-      <c r="I137" s="44" t="s">
+      <c r="J137" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K137" s="52" t="s">
         <v>834</v>
       </c>
-      <c r="J137" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K137" s="52" t="s">
+      <c r="L137" s="41" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
       <c r="M137" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N137" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O137" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P137" s="52" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
       <c r="Q137" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R137" s="12"/>
     </row>
     <row r="138" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B138" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C138" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D138" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E138" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F138" s="41" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="G138" s="43">
         <v>722</v>
       </c>
       <c r="H138" s="44" t="s">
+        <v>838</v>
+      </c>
+      <c r="I138" s="44" t="s">
         <v>839</v>
       </c>
-      <c r="I138" s="44" t="s">
+      <c r="J138" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K138" s="52" t="s">
         <v>840</v>
       </c>
-      <c r="J138" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K138" s="52" t="s">
+      <c r="L138" s="41" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
       <c r="M138" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N138" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O138" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P138" s="52" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="Q138" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R138" s="12"/>
     </row>
     <row r="139" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="41" t="s">
         <v>655</v>
       </c>
       <c r="B139" s="25" t="s">
         <v>763</v>
       </c>
       <c r="C139" s="41" t="s">
         <v>642</v>
       </c>
       <c r="D139" s="41" t="s">
         <v>641</v>
       </c>
       <c r="E139" s="41" t="s">
         <v>30</v>
       </c>
       <c r="F139" s="41" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="G139" s="43">
         <v>723</v>
       </c>
       <c r="H139" s="44" t="s">
+        <v>844</v>
+      </c>
+      <c r="I139" s="44" t="s">
+        <v>304</v>
+      </c>
+      <c r="J139" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="K139" s="52" t="s">
         <v>845</v>
       </c>
-      <c r="I139" s="44" t="s">
-[...5 lines deleted...]
-      <c r="K139" s="52" t="s">
+      <c r="L139" s="41" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
       <c r="M139" s="46" t="s">
         <v>37</v>
       </c>
       <c r="N139" s="41" t="s">
         <v>38</v>
       </c>
       <c r="O139" s="41" t="s">
         <v>30</v>
       </c>
       <c r="P139" s="52" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="Q139" s="43" t="s">
         <v>304</v>
       </c>
       <c r="R139" s="12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A2:R125" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Q117">
     <sortCondition ref="O3:O117"/>
   </sortState>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="L34" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="L23:L26" r:id="rId2" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="L15" r:id="rId3" display="Fortum.SE8022@bscs.basware.com" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="L18" r:id="rId4" display="Fortum.SE8022@bscs.basware.com" xr:uid="{2609494D-893C-4F5A-B28C-BCB9E09FF682}"/>
     <hyperlink ref="L20" r:id="rId5" xr:uid="{BE6A7A34-C313-4260-B548-4D2461CEE851}"/>
     <hyperlink ref="L22" r:id="rId6" xr:uid="{A9C0E973-D6FB-4DAB-98C8-51816FB29D88}"/>
     <hyperlink ref="L21" r:id="rId7" xr:uid="{B5B353D7-59FB-4654-BD05-4B86073A0E96}"/>
     <hyperlink ref="L23" r:id="rId8" xr:uid="{081B06E7-E1AF-4579-AD9D-1737C112807D}"/>
     <hyperlink ref="L40:L43" r:id="rId9" display="Fortum.FI984@bscs.basware.com" xr:uid="{E62718B8-2A77-467C-8DF6-C35412F7EF94}"/>
     <hyperlink ref="L24" r:id="rId10" xr:uid="{22E5CB82-26A3-4E81-A5C5-BE938D163426}"/>
     <hyperlink ref="L25" r:id="rId11" xr:uid="{32C0B7B1-2648-44F6-A8E2-DA0893CB3D6E}"/>
@@ -10841,67 +10865,59 @@
     <hyperlink ref="L139" r:id="rId58" xr:uid="{613A66FB-D78E-432D-B266-4EEB3672DD54}"/>
     <hyperlink ref="L134" r:id="rId59" xr:uid="{E13E5F92-75C2-4A6F-ACA3-BE25A6662BA9}"/>
   </hyperlinks>
   <pageMargins left="0.35433070866141736" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="68" orientation="landscape" verticalDpi="300" r:id="rId60"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId61"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005566AF088BEF044FA5ACB9A01F27E072" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="abe613bc0b288e345a0b0ffc653e43a1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="40ec0cae73332136325dcdd85ff145cb" ns2:_="">
     <xsd:import namespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Version_x0028_date_x0029_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -11009,88 +11025,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Version_x0028_date_x0029_ xmlns="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3A5FFB-3245-4E2C-980D-9BF4EF8910E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C030026A-A15D-46F6-8675-061A4547A248}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21F81100-37A7-49FF-94C3-51F818B78FC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{707D489D-F98A-4107-ADAD-06884F9C6359}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="77ccc9a3-fe0d-4b84-a1cf-afeb00ad3f8e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ALL companies</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>